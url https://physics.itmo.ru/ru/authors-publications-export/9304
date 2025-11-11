--- v0 (2025-10-08)
+++ v1 (2025-11-11)
@@ -12,79 +12,94 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Highly Nonlinear Metal‐Organic Framework Microcrystal for Ultrabroadband and Multiwavelength Coherent Light Emission</t>
+  </si>
+  <si>
+    <t>Nikolaj Zhestkij, Svyatoslav Povarov, Sergei Shipilovskikh, Irina D. Yushina, Jean‐François Pierson, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Laser &amp; Photonics Reviews</t>
+  </si>
+  <si>
+    <t>e01152</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.202501152</t>
+  </si>
+  <si>
     <t>Topological Design of Pyrene‐Based Metal‐Organic Framework Nanosheets as a Luminescent Thermometer for Live Bioimaging</t>
   </si>
   <si>
     <t>Maria Timofeeva, Yuliya Kenzhebayeva, Pavel Alekseevskiy, Anastasia Efimova, Artem Abramov, Sergei Shipilovskikh, Alexander S. Novikov, Nikolay V. Somov, Dmitry I. Pavlov, Xiaolin Yu, Andrei S. Potapov, Pascal Boulet, Nikita Burzak, Aleksandra R. Knyazeva, Nan Li, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202425904</t>
   </si>
   <si>
     <t>One-step flashlight processing of MOF thin films for non-linear light absorption</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Svyatoslav Povarov, Lev Volodin, Rostislav Chelmodeev, Mikhail Melkomukov, Yuliya Kenzhebayeva, Sergei Rzhevskii, Sergei Shipilovskikh, Anastasiia Liubimova, Maria Timofeeva, Valentin Milichko</t>
   </si>
   <si>
     <t>Materials Chemistry Frontiers</t>
   </si>
   <si>
     <t>10.1039/d5qm00166h</t>
   </si>
   <si>
     <t>A light-driven ultrafast sensor based on biocompatible solvatochromic metal–organic frameworks</t>
@@ -389,117 +404,117 @@
   <si>
     <t>Insights into Solid-To-Solid Transformation of MOF Amorphous Phases</t>
   </si>
   <si>
     <t>Yuri Mezenov, Stephanie Bruyere, Andrey Krasilin, Ekaterina Khrapova, Semyon Bachinin, Pavel Alekseevskiy, Sergei Shipilovskikh, Pascal Boulet, Sebastien Hupont, Alexandre Nomine, Brigitte Vigolo, Alexander S. Novikov, Thierry Belmonte, Valentin Milichko</t>
   </si>
   <si>
     <t>Inorganic Chemistry</t>
   </si>
   <si>
     <t>13992-14003</t>
   </si>
   <si>
     <t>10.1021/acs.inorgchem.2c01978</t>
   </si>
   <si>
     <t>Large scale application of triphenylphosphine oxide thin films for a modified catalytic Appel reaction</t>
   </si>
   <si>
     <t>Maria Timofeeva, Pavel Alekseevskiy, Daria A. Shipilovskikh, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2022.101026</t>
   </si>
   <si>
+    <t>Synthesis and anti-inflammatory activity of N′-substituted 2-[2-(diarylmethylene)hydrazinyl]-5,5-dimethyl-4-oxohex-2-enehydrazides</t>
+  </si>
+  <si>
+    <t>A. I. Siutkina, Yu. O. Sharavyeva, S. V. Chashchina, Sergei Shipilovskikh, N. M. Igidov</t>
+  </si>
+  <si>
+    <t>Russian Chemical Bulletin</t>
+  </si>
+  <si>
+    <t>496-501</t>
+  </si>
+  <si>
+    <t>10.1007/s11172-022-3439-9</t>
+  </si>
+  <si>
     <t>Synthesis, analgesic and antimicrobial activity of substituted 2-(3-cyano-4,5,6,7-tetrahydrobenzo[b]thiophen-2-ylamino)-4-oxo-4-phenylbut-2-enoates</t>
   </si>
   <si>
     <t>Yu. O. Sharavyeva, A. I. Siutkina, S. V. Chashchina, V. V. Novikova, R. R. Makhmudov, Sergei Shipilovskikh</t>
   </si>
   <si>
-    <t>Russian Chemical Bulletin</t>
-[...1 lines deleted...]
-  <si>
     <t>538-542</t>
   </si>
   <si>
     <t>10.1007/s11172-022-3445-y</t>
   </si>
   <si>
-    <t>Synthesis and anti-inflammatory activity of N′-substituted 2-[2-(diarylmethylene)hydrazinyl]-5,5-dimethyl-4-oxohex-2-enehydrazides</t>
-[...10 lines deleted...]
-  <si>
     <t>Light-Induced Color Switching of Single Metal–Organic Framework Nanocrystals</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Semyon Bachinin, Aleksandr Solomonov, Venera Gilemkhanova, Sergei Shipilovskikh, Nikita Kulachenkov, Sergey P. Fisenko, Mikhail Rybin, Valentin Milichko</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>777-783</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c03630</t>
   </si>
   <si>
     <t>The influence of substitutes on the room temperature photoluminescence of 2-amino-4-oxobut-2-enoic acid molecular crystals</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Nikolaj Zhestkij, Semyon Bachinin, Sergey P. Fisenko, Daria. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2021.100990</t>
   </si>
   <si>
+    <t>Synthesis of highly stable luminescent molecular crystals based on (E)-2-((3-(ethoxycarbonyl)-5-methyl-4-phenylthiophen-2-yl)amino)-4-oxo-4-(p-tolyl)but-2-enoic acid</t>
+  </si>
+  <si>
+    <t>N. A. Zhestkij, Ekaterina Gunina, S. P. Fisenko, A. E. Rubtsov, D. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
+  </si>
+  <si>
+    <t>Chimica Techno Acta</t>
+  </si>
+  <si>
+    <t>10.15826/chimtech.2021.8.4.11</t>
+  </si>
+  <si>
     <t>Synthesis of highly stable luminescent molecular crystals based on (E)-2-((3-(ethoxycarbonyl)-5-methyl-4-phenylthiophen-2- yl)amino)-4-oxo-4-(p-tolyl)but-2-enoic acid</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Ekaterina Gunina, S. P. Fisenko, A. E. Rubtsov, D. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
-  </si>
-[...10 lines deleted...]
-    <t>N. A. Zhestkij, Ekaterina Gunina, S. P. Fisenko, A. E. Rubtsov, D. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>MOF‐Based Sustainable Memory Devices</t>
   </si>
   <si>
     <t>Nikita Kulachenkov, Quentin Haar, Sergei Shipilovskikh, Andrei Yankin, Jean‐François Pierson, Alexandre Nomine, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1002/adfm.202107949</t>
   </si>
   <si>
     <t>A synthetic diterpene analogue inhibits mycobacterial persistence and biofilm formation by targeting (p)ppGpp synthetases</t>
   </si>
   <si>
     <t>Alexander G. Tkachenko, Natalya M. Kashevarova, Roman Yu. Sidorov, Larisa Yu. Nesterova, Anna V. Akhova, Ivan V. Tsyganov, Vladimir Yu. Vaganov, Sergei Shipilovskikh, Aleksandr E. Rubtsov, Andrei V. Malkov</t>
   </si>
   <si>
     <t>Cell Chemical Biology</t>
   </si>
   <si>
     <t>1420-1432.e9</t>
   </si>
   <si>
     <t>10.1016/j.chembiol.2021.01.018</t>
   </si>
@@ -827,51 +842,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I37"/>
+  <dimension ref="A1:I38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="452.889" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -886,1002 +901,1029 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
-      <c r="E2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2">
-        <v>18.81</v>
+        <v>13.14</v>
       </c>
       <c r="I2">
-        <v>6.07</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H3">
-        <v>7.79</v>
+        <v>18.81</v>
       </c>
       <c r="I3">
-        <v>1.86</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>13.6</v>
+        <v>7.79</v>
       </c>
       <c r="I4">
-        <v>4.32</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      <c r="E5" t="s">
         <v>24</v>
       </c>
+      <c r="D5"/>
+      <c r="E5"/>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5">
-        <v>3.44</v>
+        <v>13.6</v>
       </c>
       <c r="I5">
-        <v>1.5</v>
+        <v>4.32</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6">
-        <v>128</v>
+        <v>30</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
       <c r="H6">
-        <v>4.19</v>
+        <v>3.44</v>
       </c>
       <c r="I6">
-        <v>1.48</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7">
-        <v>7</v>
+        <v>128</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
       <c r="H7">
-        <v>3.95</v>
+        <v>4.19</v>
       </c>
       <c r="I7">
-        <v>0.9</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
-      <c r="D8"/>
-[...1 lines deleted...]
-        <v>47</v>
+      <c r="D8">
+        <v>7</v>
+      </c>
+      <c r="E8" t="s">
+        <v>39</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-      <c r="I8"/>
+        <v>40</v>
+      </c>
+      <c r="H8">
+        <v>3.95</v>
+      </c>
+      <c r="I8">
+        <v>0.9</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C9" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-      <c r="E9"/>
+        <v>43</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9">
+        <v>47</v>
+      </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
-[...6 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D10"/>
+        <v>47</v>
+      </c>
+      <c r="D10">
+        <v>5</v>
+      </c>
       <c r="E10"/>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H10">
-        <v>19.92</v>
+        <v>7.5</v>
       </c>
       <c r="I10">
-        <v>5.0</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
-[...6 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="D11"/>
+      <c r="E11"/>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>51</v>
       </c>
       <c r="H11">
-        <v>4.39</v>
+        <v>19.92</v>
       </c>
       <c r="I11">
-        <v>0.98</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>52</v>
       </c>
       <c r="B12" t="s">
         <v>53</v>
       </c>
       <c r="C12" t="s">
         <v>54</v>
       </c>
       <c r="D12">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>101220</v>
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>55</v>
       </c>
       <c r="F12">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H12">
-        <v>3.01</v>
+        <v>4.39</v>
       </c>
       <c r="I12">
-        <v>0.55</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13">
         <v>58</v>
       </c>
-      <c r="D13">
-[...2 lines deleted...]
-      <c r="E13"/>
+      <c r="E13">
+        <v>101220</v>
+      </c>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H13">
-        <v>8.31</v>
+        <v>3.01</v>
       </c>
       <c r="I13">
-        <v>1.74</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C14" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D14"/>
+        <v>63</v>
+      </c>
+      <c r="D14">
+        <v>16</v>
+      </c>
       <c r="E14"/>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-      <c r="I14"/>
+        <v>64</v>
+      </c>
+      <c r="H14">
+        <v>8.31</v>
+      </c>
+      <c r="I14">
+        <v>1.74</v>
+      </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
-[...6 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C17" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H17">
-        <v>3.7</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>6.84</v>
+      </c>
+      <c r="I17">
+        <v>1.42</v>
+      </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C18" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H18">
-        <v>10.38</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.7</v>
+      </c>
+      <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H19">
-        <v>15.37</v>
+        <v>10.38</v>
       </c>
       <c r="I19">
-        <v>3.63</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20">
         <v>2023</v>
       </c>
       <c r="G20" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H20">
-        <v>9.93</v>
+        <v>15.37</v>
       </c>
       <c r="I20">
-        <v>2.89</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>91</v>
       </c>
       <c r="D21"/>
-      <c r="E21">
-[...1 lines deleted...]
-      </c>
+      <c r="E21"/>
       <c r="F21">
         <v>2023</v>
       </c>
       <c r="G21" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="H21">
-        <v>3.16</v>
+        <v>9.93</v>
       </c>
       <c r="I21">
-        <v>0.47</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B22" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C22" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D22">
         <v>59</v>
       </c>
-      <c r="E22" t="s">
-        <v>94</v>
+      <c r="D22"/>
+      <c r="E22">
+        <v>101172</v>
       </c>
       <c r="F22">
         <v>2023</v>
       </c>
       <c r="G22" t="s">
         <v>95</v>
       </c>
       <c r="H22">
-        <v>6.22</v>
+        <v>3.16</v>
       </c>
       <c r="I22">
-        <v>1.84</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>96</v>
       </c>
       <c r="B23" t="s">
         <v>97</v>
       </c>
       <c r="C23" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-        <v>101168</v>
+        <v>98</v>
+      </c>
+      <c r="D23">
+        <v>59</v>
+      </c>
+      <c r="E23" t="s">
+        <v>99</v>
       </c>
       <c r="F23">
         <v>2023</v>
       </c>
       <c r="G23" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H23">
-        <v>3.16</v>
+        <v>6.22</v>
       </c>
       <c r="I23">
-        <v>0.47</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B24" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C24" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="D24"/>
       <c r="E24">
-        <v>115325</v>
+        <v>101168</v>
       </c>
       <c r="F24">
         <v>2023</v>
       </c>
       <c r="G24" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H24">
-        <v>7.09</v>
-[...1 lines deleted...]
-      <c r="I24"/>
+        <v>3.16</v>
+      </c>
+      <c r="I24">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B25" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C25" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D25">
-        <v>643</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>254</v>
+      </c>
+      <c r="E25">
+        <v>115325</v>
       </c>
       <c r="F25">
         <v>2023</v>
       </c>
       <c r="G25" t="s">
         <v>107</v>
       </c>
       <c r="H25">
-        <v>9.97</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.09</v>
+      </c>
+      <c r="I25"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>108</v>
       </c>
       <c r="B26" t="s">
         <v>109</v>
       </c>
       <c r="C26" t="s">
         <v>110</v>
       </c>
       <c r="D26">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>139450</v>
+        <v>643</v>
+      </c>
+      <c r="E26" t="s">
+        <v>111</v>
       </c>
       <c r="F26">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G26" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H26">
-        <v>16.74</v>
+        <v>9.97</v>
       </c>
       <c r="I26">
-        <v>2.42</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B27" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C27" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D27">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>452</v>
+      </c>
+      <c r="E27">
+        <v>139450</v>
       </c>
       <c r="F27">
         <v>2022</v>
       </c>
       <c r="G27" t="s">
         <v>116</v>
       </c>
       <c r="H27">
-        <v>12.26</v>
+        <v>16.74</v>
       </c>
       <c r="I27">
-        <v>3.76</v>
+        <v>2.42</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>117</v>
       </c>
       <c r="B28" t="s">
         <v>118</v>
       </c>
       <c r="C28" t="s">
         <v>119</v>
       </c>
       <c r="D28">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="E28" t="s">
         <v>120</v>
       </c>
       <c r="F28">
         <v>2022</v>
       </c>
       <c r="G28" t="s">
         <v>121</v>
       </c>
       <c r="H28">
-        <v>5.44</v>
+        <v>12.26</v>
       </c>
       <c r="I28">
-        <v>1.12</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>122</v>
       </c>
       <c r="B29" t="s">
         <v>123</v>
       </c>
       <c r="C29" t="s">
-        <v>54</v>
+        <v>124</v>
       </c>
       <c r="D29">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>101026</v>
+        <v>61</v>
+      </c>
+      <c r="E29" t="s">
+        <v>125</v>
       </c>
       <c r="F29">
         <v>2022</v>
       </c>
       <c r="G29" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="H29">
-        <v>3.01</v>
+        <v>5.44</v>
       </c>
       <c r="I29">
-        <v>0.55</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B30" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C30" t="s">
-        <v>127</v>
+        <v>59</v>
       </c>
       <c r="D30">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>50</v>
+      </c>
+      <c r="E30">
+        <v>101026</v>
       </c>
       <c r="F30">
         <v>2022</v>
       </c>
       <c r="G30" t="s">
         <v>129</v>
       </c>
       <c r="H30">
-        <v>1.7</v>
+        <v>3.01</v>
       </c>
       <c r="I30">
-        <v>0.29</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>130</v>
       </c>
       <c r="B31" t="s">
         <v>131</v>
       </c>
       <c r="C31" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="D31">
         <v>71</v>
       </c>
       <c r="E31" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F31">
         <v>2022</v>
       </c>
       <c r="G31" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H31">
         <v>1.7</v>
       </c>
       <c r="I31">
         <v>0.29</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B32" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C32" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="D32">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="E32" t="s">
         <v>137</v>
       </c>
       <c r="F32">
         <v>2022</v>
       </c>
       <c r="G32" t="s">
         <v>138</v>
       </c>
       <c r="H32">
-        <v>6.71</v>
+        <v>1.7</v>
       </c>
       <c r="I32">
-        <v>2.98</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>139</v>
       </c>
       <c r="B33" t="s">
         <v>140</v>
       </c>
       <c r="C33" t="s">
-        <v>54</v>
+        <v>141</v>
       </c>
       <c r="D33">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>100990</v>
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>142</v>
       </c>
       <c r="F33">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G33" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="H33">
-        <v>3.01</v>
+        <v>6.71</v>
       </c>
       <c r="I33">
-        <v>0.55</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B34" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C34" t="s">
-        <v>144</v>
+        <v>59</v>
       </c>
       <c r="D34">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="E34">
-        <v>20218411</v>
+        <v>100990</v>
       </c>
       <c r="F34">
         <v>2021</v>
       </c>
       <c r="G34" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-      <c r="I34"/>
+        <v>146</v>
+      </c>
+      <c r="H34">
+        <v>3.01</v>
+      </c>
+      <c r="I34">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B35" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C35" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D35">
         <v>8</v>
       </c>
       <c r="E35">
         <v>20218411</v>
       </c>
       <c r="F35">
         <v>2021</v>
       </c>
       <c r="G35" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="H35"/>
       <c r="I35"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B36" t="s">
+        <v>152</v>
+      </c>
+      <c r="C36" t="s">
         <v>149</v>
       </c>
-      <c r="C36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="E36">
-        <v>2107949</v>
+        <v>20218411</v>
       </c>
       <c r="F36">
         <v>2021</v>
       </c>
       <c r="G36" t="s">
         <v>150</v>
       </c>
-      <c r="H36">
-[...4 lines deleted...]
-      </c>
+      <c r="H36"/>
+      <c r="I36"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B37" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C37" t="s">
-        <v>153</v>
+        <v>16</v>
       </c>
       <c r="D37">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>32</v>
+      </c>
+      <c r="E37">
+        <v>2107949</v>
       </c>
       <c r="F37">
         <v>2021</v>
       </c>
       <c r="G37" t="s">
         <v>155</v>
       </c>
       <c r="H37">
+        <v>19.92</v>
+      </c>
+      <c r="I37">
+        <v>5.0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" t="s">
+        <v>156</v>
+      </c>
+      <c r="B38" t="s">
+        <v>157</v>
+      </c>
+      <c r="C38" t="s">
+        <v>158</v>
+      </c>
+      <c r="D38">
+        <v>28</v>
+      </c>
+      <c r="E38" t="s">
+        <v>159</v>
+      </c>
+      <c r="F38">
+        <v>2021</v>
+      </c>
+      <c r="G38" t="s">
+        <v>160</v>
+      </c>
+      <c r="H38">
         <v>9.04</v>
       </c>
-      <c r="I37">
+      <c r="I38">
         <v>2.65</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>