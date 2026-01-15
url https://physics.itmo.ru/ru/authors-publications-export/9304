--- v1 (2025-11-11)
+++ v2 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
@@ -80,50 +80,65 @@
   <si>
     <t>Topological Design of Pyrene‐Based Metal‐Organic Framework Nanosheets as a Luminescent Thermometer for Live Bioimaging</t>
   </si>
   <si>
     <t>Maria Timofeeva, Yuliya Kenzhebayeva, Pavel Alekseevskiy, Anastasia Efimova, Artem Abramov, Sergei Shipilovskikh, Alexander S. Novikov, Nikolay V. Somov, Dmitry I. Pavlov, Xiaolin Yu, Andrei S. Potapov, Pascal Boulet, Nikita Burzak, Aleksandra R. Knyazeva, Nan Li, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202425904</t>
   </si>
   <si>
     <t>One-step flashlight processing of MOF thin films for non-linear light absorption</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Svyatoslav Povarov, Lev Volodin, Rostislav Chelmodeev, Mikhail Melkomukov, Yuliya Kenzhebayeva, Sergei Rzhevskii, Sergei Shipilovskikh, Anastasiia Liubimova, Maria Timofeeva, Valentin Milichko</t>
   </si>
   <si>
     <t>Materials Chemistry Frontiers</t>
   </si>
   <si>
     <t>10.1039/d5qm00166h</t>
   </si>
   <si>
+    <t>Transition metal-based MOFs for Fenton-like photocatalytic degradation of organic pollutants: Performance, stability, and biocompatibility</t>
+  </si>
+  <si>
+    <t>S.M. Tikhanova, Yu.A. Tishchenko, E.Yu. Stovpiaga, Maria Timofeeva, Dmitry  Lipin, Svyatoslav Povarov, Valentin Milichko, Alexander Timin, Sergei Shipilovskikh, V.I. Popkov</t>
+  </si>
+  <si>
+    <t>Environmental Chemistry and Ecotoxicology</t>
+  </si>
+  <si>
+    <t>305-318</t>
+  </si>
+  <si>
+    <t>10.1016/j.enceco.2025.01.003</t>
+  </si>
+  <si>
     <t>A light-driven ultrafast sensor based on biocompatible solvatochromic metal–organic frameworks</t>
   </si>
   <si>
     <t>Maria Timofeeva, Yuliya Kenzhebayeva, Nikita Burzak, Agniia Bazhenova, Artem Lunev, Alexander S. Novikov, Andrey B. Bondarenko, Sergei Shipilovskikh, Vyacheslav A. Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Materials Horizons</t>
   </si>
   <si>
     <t>10.1039/d4mh01264j</t>
   </si>
   <si>
     <t>Efficient Solvothermal Synthesis of Defect-Rich Cu-BTC•MOF with Enhanced Electrocatalytic Activity in Alkaline Hydrogen Evolution Reaction</t>
   </si>
   <si>
     <t>Maria Timofeeva, Dmitry S. Dmitriev, Danil D. Maltsev, Artem A. Lobinsky, Valentina Ivashchenko, Svyatoslav Povarov, Daria Dogadina, Alexander Timin, Valentin Milichko, Vadim I. Popkov, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>Transactions of Tianjin University</t>
   </si>
   <si>
     <t>508-517</t>
   </si>
   <si>
     <t>10.1007/s12209-024-00418-w</t>
@@ -257,50 +272,62 @@
   <si>
     <t>Size-dependent therapeutic efficiency of 223Ra-labeled calcium carbonate carriers for internal radionuclide therapy of breast cancer</t>
   </si>
   <si>
     <t>Daria Akhmetova,  Ksenia  Mitusova, Alisa Postovalova , Arina S. Ivkina, Albert R. Muslimov, Mikhail Zyuzin, Sergei Shipilovskikh, Alexander Timin</t>
   </si>
   <si>
     <t>Biomaterials Science</t>
   </si>
   <si>
     <t>10.1039/d3bm01651j</t>
   </si>
   <si>
     <t>Self‐Assembly of Hydrogen‐Bonded Organic Crystals on Arbitrary Surfaces for Efficient Amplified Spontaneous Emission</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Irina Gorbunova, Arthur Dolgopolov, Maksim V. Dmitriev, Timur Sh. Atabaev, Evgeniia A. Stepanidenko, Anastasia Efimova, Alexander S. Novikov, Sergei Shipilovskikh, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202300173</t>
   </si>
   <si>
+    <t>Luminescent studies of flexible [DUT-8 (Zn)] metal-organic frameworks</t>
+  </si>
+  <si>
+    <t>Nina V. Slyusarenko, Alexander Krylov, Maria Timofeeva, Sergei Shipilovskikh, Evgenia Slyusareva</t>
+  </si>
+  <si>
+    <t>XVI International Conference on Pulsed Lasers and Laser Applications</t>
+  </si>
+  <si>
+    <t>10.1117/12.3005774</t>
+  </si>
+  <si>
     <t>Laser-Assisted Design of MOF-Derivative Platforms from Nano- to Centimeter Scales for Photonic and Catalytic Applications</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Nikolaj Zhestkij, Maksim Sergeev, Semyon Bachinin, Yuri Mezenov, Nikita Kulachenkov, Maria Timofeeva, Valentina Ivashchenko, Alexander Timin, Sergei Shipilovskikh, Dmitry I. Pavlov, Andrei S. Potapov, Jiang Gong, Laura Khamkhash, Timur Sh. Atabaev, Stephanie Bruyere, Valentin Milichko</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.3c10193</t>
   </si>
   <si>
     <t>Exfoliation of 2D Metal‐Organic Frameworks: toward Advanced Scalable Materials for Optical Sensing</t>
   </si>
   <si>
     <t>Anastasia Efimova, Pavel Alekseevskiy, Maria Timofeeva, Yuliya Kenzhebayeva, Alina Kuleshova, Irina Koryakina,  Pavlov Dmitry I., Taisiya S. Sukhikh, Andrei S. Potapov, Sergei Shipilovskikh, Nan Li, Valentin Milichko</t>
   </si>
   <si>
     <t>Small Methods</t>
   </si>
   <si>
     <t>10.1002/smtd.202300752</t>
   </si>
   <si>
     <t>Nonlinear Metal–Organic Framework Crystals for Efficient Multicolor Coherent Optical Emission</t>
@@ -404,75 +431,75 @@
   <si>
     <t>Insights into Solid-To-Solid Transformation of MOF Amorphous Phases</t>
   </si>
   <si>
     <t>Yuri Mezenov, Stephanie Bruyere, Andrey Krasilin, Ekaterina Khrapova, Semyon Bachinin, Pavel Alekseevskiy, Sergei Shipilovskikh, Pascal Boulet, Sebastien Hupont, Alexandre Nomine, Brigitte Vigolo, Alexander S. Novikov, Thierry Belmonte, Valentin Milichko</t>
   </si>
   <si>
     <t>Inorganic Chemistry</t>
   </si>
   <si>
     <t>13992-14003</t>
   </si>
   <si>
     <t>10.1021/acs.inorgchem.2c01978</t>
   </si>
   <si>
     <t>Large scale application of triphenylphosphine oxide thin films for a modified catalytic Appel reaction</t>
   </si>
   <si>
     <t>Maria Timofeeva, Pavel Alekseevskiy, Daria A. Shipilovskikh, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2022.101026</t>
   </si>
   <si>
+    <t>Synthesis, analgesic and antimicrobial activity of substituted 2-(3-cyano-4,5,6,7-tetrahydrobenzo[b]thiophen-2-ylamino)-4-oxo-4-phenylbut-2-enoates</t>
+  </si>
+  <si>
+    <t>Yu. O. Sharavyeva, A. I. Siutkina, S. V. Chashchina, V. V. Novikova, R. R. Makhmudov, Sergei Shipilovskikh</t>
+  </si>
+  <si>
+    <t>Russian Chemical Bulletin</t>
+  </si>
+  <si>
+    <t>538-542</t>
+  </si>
+  <si>
+    <t>10.1007/s11172-022-3445-y</t>
+  </si>
+  <si>
     <t>Synthesis and anti-inflammatory activity of N′-substituted 2-[2-(diarylmethylene)hydrazinyl]-5,5-dimethyl-4-oxohex-2-enehydrazides</t>
   </si>
   <si>
     <t>A. I. Siutkina, Yu. O. Sharavyeva, S. V. Chashchina, Sergei Shipilovskikh, N. M. Igidov</t>
   </si>
   <si>
-    <t>Russian Chemical Bulletin</t>
-[...1 lines deleted...]
-  <si>
     <t>496-501</t>
   </si>
   <si>
     <t>10.1007/s11172-022-3439-9</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1007/s11172-022-3445-y</t>
   </si>
   <si>
     <t>Light-Induced Color Switching of Single Metal–Organic Framework Nanocrystals</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Semyon Bachinin, Aleksandr Solomonov, Venera Gilemkhanova, Sergei Shipilovskikh, Nikita Kulachenkov, Sergey P. Fisenko, Mikhail Rybin, Valentin Milichko</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>777-783</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c03630</t>
   </si>
   <si>
     <t>The influence of substitutes on the room temperature photoluminescence of 2-amino-4-oxobut-2-enoic acid molecular crystals</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Nikolaj Zhestkij, Semyon Bachinin, Sergey P. Fisenko, Daria. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2021.100990</t>
   </si>
@@ -842,61 +869,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I38"/>
+  <dimension ref="A1:I40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="452.889" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
@@ -977,953 +1004,1005 @@
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4">
         <v>7.79</v>
       </c>
       <c r="I4">
         <v>1.86</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="D5"/>
-      <c r="E5"/>
+      <c r="D5">
+        <v>7</v>
+      </c>
+      <c r="E5" t="s">
+        <v>25</v>
+      </c>
       <c r="F5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H5">
-        <v>13.6</v>
+        <v>8.2</v>
       </c>
       <c r="I5">
-        <v>4.32</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      <c r="E6" t="s">
         <v>29</v>
       </c>
+      <c r="D6"/>
+      <c r="E6"/>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
       <c r="H6">
-        <v>3.44</v>
+        <v>13.6</v>
       </c>
       <c r="I6">
-        <v>1.5</v>
+        <v>4.32</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7">
-        <v>128</v>
+        <v>30</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
       <c r="H7">
-        <v>4.19</v>
+        <v>3.44</v>
       </c>
       <c r="I7">
-        <v>1.48</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8">
-        <v>7</v>
+        <v>128</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>40</v>
       </c>
       <c r="H8">
-        <v>3.95</v>
+        <v>4.19</v>
       </c>
       <c r="I8">
-        <v>0.9</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
-      <c r="D9"/>
-[...1 lines deleted...]
-        <v>47</v>
+      <c r="D9">
+        <v>7</v>
+      </c>
+      <c r="E9" t="s">
+        <v>44</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-      <c r="I9"/>
+        <v>45</v>
+      </c>
+      <c r="H9">
+        <v>3.95</v>
+      </c>
+      <c r="I9">
+        <v>0.9</v>
+      </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10">
         <v>47</v>
       </c>
-      <c r="D10">
-[...2 lines deleted...]
-      <c r="E10"/>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C11" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D11"/>
+        <v>52</v>
+      </c>
+      <c r="D11">
+        <v>5</v>
+      </c>
       <c r="E11"/>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="H11">
-        <v>19.92</v>
+        <v>7.5</v>
       </c>
       <c r="I11">
-        <v>5.0</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B12" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C12" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="D12"/>
+      <c r="E12"/>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>56</v>
       </c>
       <c r="H12">
-        <v>4.39</v>
+        <v>19.92</v>
       </c>
       <c r="I12">
-        <v>0.98</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>57</v>
       </c>
       <c r="B13" t="s">
         <v>58</v>
       </c>
       <c r="C13" t="s">
         <v>59</v>
       </c>
       <c r="D13">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>101220</v>
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>60</v>
       </c>
       <c r="F13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H13">
-        <v>3.01</v>
+        <v>4.39</v>
       </c>
       <c r="I13">
-        <v>0.55</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D14">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E14"/>
+        <v>58</v>
+      </c>
+      <c r="E14">
+        <v>101220</v>
+      </c>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H14">
-        <v>8.31</v>
+        <v>3.01</v>
       </c>
       <c r="I14">
-        <v>1.74</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C15" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>68</v>
+      </c>
+      <c r="D15">
+        <v>16</v>
+      </c>
       <c r="E15"/>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-      <c r="I15"/>
+        <v>69</v>
+      </c>
+      <c r="H15">
+        <v>8.31</v>
+      </c>
+      <c r="I15">
+        <v>1.74</v>
+      </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
-        <v>76</v>
-[...6 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B18" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C18" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H18">
-        <v>3.7</v>
-[...1 lines deleted...]
-      <c r="I18"/>
+        <v>6.84</v>
+      </c>
+      <c r="I18">
+        <v>1.42</v>
+      </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C19" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H19">
-        <v>10.38</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.7</v>
+      </c>
+      <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C20" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D20"/>
-      <c r="E20"/>
+      <c r="E20">
+        <v>17</v>
+      </c>
       <c r="F20">
         <v>2023</v>
       </c>
       <c r="G20" t="s">
-        <v>88</v>
-[...6 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B21" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C21" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21">
         <v>2023</v>
       </c>
       <c r="G21" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H21">
-        <v>9.93</v>
+        <v>10.38</v>
       </c>
       <c r="I21">
-        <v>2.89</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B22" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C22" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="D22"/>
-      <c r="E22">
-[...1 lines deleted...]
-      </c>
+      <c r="E22"/>
       <c r="F22">
         <v>2023</v>
       </c>
       <c r="G22" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H22">
-        <v>3.16</v>
+        <v>15.37</v>
       </c>
       <c r="I22">
-        <v>0.47</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B23" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C23" t="s">
-        <v>98</v>
-[...6 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23"/>
       <c r="F23">
         <v>2023</v>
       </c>
       <c r="G23" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H23">
-        <v>6.22</v>
+        <v>9.93</v>
       </c>
       <c r="I23">
-        <v>1.84</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B24" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C24" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D24"/>
       <c r="E24">
-        <v>101168</v>
+        <v>101172</v>
       </c>
       <c r="F24">
         <v>2023</v>
       </c>
       <c r="G24" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H24">
         <v>3.16</v>
       </c>
       <c r="I24">
         <v>0.47</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B25" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C25" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D25">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>115325</v>
+        <v>59</v>
+      </c>
+      <c r="E25" t="s">
+        <v>108</v>
       </c>
       <c r="F25">
         <v>2023</v>
       </c>
       <c r="G25" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="H25">
-        <v>7.09</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>6.22</v>
+      </c>
+      <c r="I25">
+        <v>1.84</v>
+      </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B26" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C26" t="s">
-        <v>110</v>
-[...5 lines deleted...]
-        <v>111</v>
+        <v>64</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26">
+        <v>101168</v>
       </c>
       <c r="F26">
         <v>2023</v>
       </c>
       <c r="G26" t="s">
         <v>112</v>
       </c>
       <c r="H26">
-        <v>9.97</v>
+        <v>3.16</v>
       </c>
       <c r="I26">
-        <v>1.4</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>113</v>
       </c>
       <c r="B27" t="s">
         <v>114</v>
       </c>
       <c r="C27" t="s">
         <v>115</v>
       </c>
       <c r="D27">
-        <v>452</v>
+        <v>254</v>
       </c>
       <c r="E27">
-        <v>139450</v>
+        <v>115325</v>
       </c>
       <c r="F27">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G27" t="s">
         <v>116</v>
       </c>
       <c r="H27">
-        <v>16.74</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.09</v>
+      </c>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>117</v>
       </c>
       <c r="B28" t="s">
         <v>118</v>
       </c>
       <c r="C28" t="s">
         <v>119</v>
       </c>
       <c r="D28">
-        <v>22</v>
+        <v>643</v>
       </c>
       <c r="E28" t="s">
         <v>120</v>
       </c>
       <c r="F28">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G28" t="s">
         <v>121</v>
       </c>
       <c r="H28">
-        <v>12.26</v>
+        <v>9.97</v>
       </c>
       <c r="I28">
-        <v>3.76</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>122</v>
       </c>
       <c r="B29" t="s">
         <v>123</v>
       </c>
       <c r="C29" t="s">
         <v>124</v>
       </c>
       <c r="D29">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>452</v>
+      </c>
+      <c r="E29">
+        <v>139450</v>
       </c>
       <c r="F29">
         <v>2022</v>
       </c>
       <c r="G29" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H29">
-        <v>5.44</v>
+        <v>16.74</v>
       </c>
       <c r="I29">
-        <v>1.12</v>
+        <v>2.42</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" t="s">
         <v>127</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>128</v>
       </c>
-      <c r="C30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>101026</v>
+        <v>22</v>
+      </c>
+      <c r="E30" t="s">
+        <v>129</v>
       </c>
       <c r="F30">
         <v>2022</v>
       </c>
       <c r="G30" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H30">
-        <v>3.01</v>
+        <v>12.26</v>
       </c>
       <c r="I30">
-        <v>0.55</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B31" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C31" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D31">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="E31" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F31">
         <v>2022</v>
       </c>
       <c r="G31" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H31">
-        <v>1.7</v>
+        <v>5.44</v>
       </c>
       <c r="I31">
-        <v>0.29</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B32" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C32" t="s">
-        <v>132</v>
+        <v>64</v>
       </c>
       <c r="D32">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>50</v>
+      </c>
+      <c r="E32">
+        <v>101026</v>
       </c>
       <c r="F32">
         <v>2022</v>
       </c>
       <c r="G32" t="s">
         <v>138</v>
       </c>
       <c r="H32">
-        <v>1.7</v>
+        <v>3.01</v>
       </c>
       <c r="I32">
-        <v>0.29</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>139</v>
       </c>
       <c r="B33" t="s">
         <v>140</v>
       </c>
       <c r="C33" t="s">
         <v>141</v>
       </c>
       <c r="D33">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="E33" t="s">
         <v>142</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>143</v>
       </c>
       <c r="H33">
-        <v>6.71</v>
+        <v>1.7</v>
       </c>
       <c r="I33">
-        <v>2.98</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>144</v>
       </c>
       <c r="B34" t="s">
         <v>145</v>
       </c>
       <c r="C34" t="s">
-        <v>59</v>
+        <v>141</v>
       </c>
       <c r="D34">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>100990</v>
+        <v>71</v>
+      </c>
+      <c r="E34" t="s">
+        <v>146</v>
       </c>
       <c r="F34">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G34" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H34">
-        <v>3.01</v>
+        <v>1.7</v>
       </c>
       <c r="I34">
-        <v>0.55</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B35" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C35" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D35">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>20218411</v>
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>151</v>
       </c>
       <c r="F35">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G35" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-      <c r="I35"/>
+        <v>152</v>
+      </c>
+      <c r="H35">
+        <v>6.71</v>
+      </c>
+      <c r="I35">
+        <v>2.98</v>
+      </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B36" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C36" t="s">
-        <v>149</v>
+        <v>64</v>
       </c>
       <c r="D36">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="E36">
-        <v>20218411</v>
+        <v>100990</v>
       </c>
       <c r="F36">
         <v>2021</v>
       </c>
       <c r="G36" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-      <c r="I36"/>
+        <v>155</v>
+      </c>
+      <c r="H36">
+        <v>3.01</v>
+      </c>
+      <c r="I36">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B37" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C37" t="s">
-        <v>16</v>
+        <v>158</v>
       </c>
       <c r="D37">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="E37">
-        <v>2107949</v>
+        <v>20218411</v>
       </c>
       <c r="F37">
         <v>2021</v>
       </c>
       <c r="G37" t="s">
-        <v>155</v>
-[...6 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B38" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C38" t="s">
         <v>158</v>
       </c>
       <c r="D38">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>8</v>
+      </c>
+      <c r="E38">
+        <v>20218411</v>
       </c>
       <c r="F38">
         <v>2021</v>
       </c>
       <c r="G38" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="H38">
+        <v>159</v>
+      </c>
+      <c r="H38"/>
+      <c r="I38"/>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" t="s">
+        <v>162</v>
+      </c>
+      <c r="B39" t="s">
+        <v>163</v>
+      </c>
+      <c r="C39" t="s">
+        <v>16</v>
+      </c>
+      <c r="D39">
+        <v>32</v>
+      </c>
+      <c r="E39">
+        <v>2107949</v>
+      </c>
+      <c r="F39">
+        <v>2021</v>
+      </c>
+      <c r="G39" t="s">
+        <v>164</v>
+      </c>
+      <c r="H39">
+        <v>19.92</v>
+      </c>
+      <c r="I39">
+        <v>5.0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" t="s">
+        <v>165</v>
+      </c>
+      <c r="B40" t="s">
+        <v>166</v>
+      </c>
+      <c r="C40" t="s">
+        <v>167</v>
+      </c>
+      <c r="D40">
+        <v>28</v>
+      </c>
+      <c r="E40" t="s">
+        <v>168</v>
+      </c>
+      <c r="F40">
+        <v>2021</v>
+      </c>
+      <c r="G40" t="s">
+        <v>169</v>
+      </c>
+      <c r="H40">
         <v>9.04</v>
       </c>
-      <c r="I38">
+      <c r="I40">
         <v>2.65</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>