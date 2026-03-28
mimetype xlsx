--- v2 (2026-01-15)
+++ v3 (2026-03-28)
@@ -431,75 +431,75 @@
   <si>
     <t>Insights into Solid-To-Solid Transformation of MOF Amorphous Phases</t>
   </si>
   <si>
     <t>Yuri Mezenov, Stephanie Bruyere, Andrey Krasilin, Ekaterina Khrapova, Semyon Bachinin, Pavel Alekseevskiy, Sergei Shipilovskikh, Pascal Boulet, Sebastien Hupont, Alexandre Nomine, Brigitte Vigolo, Alexander S. Novikov, Thierry Belmonte, Valentin Milichko</t>
   </si>
   <si>
     <t>Inorganic Chemistry</t>
   </si>
   <si>
     <t>13992-14003</t>
   </si>
   <si>
     <t>10.1021/acs.inorgchem.2c01978</t>
   </si>
   <si>
     <t>Large scale application of triphenylphosphine oxide thin films for a modified catalytic Appel reaction</t>
   </si>
   <si>
     <t>Maria Timofeeva, Pavel Alekseevskiy, Daria A. Shipilovskikh, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2022.101026</t>
   </si>
   <si>
+    <t>Synthesis and anti-inflammatory activity of N′-substituted 2-[2-(diarylmethylene)hydrazinyl]-5,5-dimethyl-4-oxohex-2-enehydrazides</t>
+  </si>
+  <si>
+    <t>A. I. Siutkina, Yu. O. Sharavyeva, S. V. Chashchina, Sergei Shipilovskikh, N. M. Igidov</t>
+  </si>
+  <si>
+    <t>Russian Chemical Bulletin</t>
+  </si>
+  <si>
+    <t>496-501</t>
+  </si>
+  <si>
+    <t>10.1007/s11172-022-3439-9</t>
+  </si>
+  <si>
     <t>Synthesis, analgesic and antimicrobial activity of substituted 2-(3-cyano-4,5,6,7-tetrahydrobenzo[b]thiophen-2-ylamino)-4-oxo-4-phenylbut-2-enoates</t>
   </si>
   <si>
     <t>Yu. O. Sharavyeva, A. I. Siutkina, S. V. Chashchina, V. V. Novikova, R. R. Makhmudov, Sergei Shipilovskikh</t>
   </si>
   <si>
-    <t>Russian Chemical Bulletin</t>
-[...1 lines deleted...]
-  <si>
     <t>538-542</t>
   </si>
   <si>
     <t>10.1007/s11172-022-3445-y</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1007/s11172-022-3439-9</t>
   </si>
   <si>
     <t>Light-Induced Color Switching of Single Metal–Organic Framework Nanocrystals</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Semyon Bachinin, Aleksandr Solomonov, Venera Gilemkhanova, Sergei Shipilovskikh, Nikita Kulachenkov, Sergey P. Fisenko, Mikhail Rybin, Valentin Milichko</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>777-783</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c03630</t>
   </si>
   <si>
     <t>The influence of substitutes on the room temperature photoluminescence of 2-amino-4-oxobut-2-enoic acid molecular crystals</t>
   </si>
   <si>
     <t>Ekaterina Gunina, Nikolaj Zhestkij, Semyon Bachinin, Sergey P. Fisenko, Daria. A. Shipilovskikh, Valentin Milichko, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2021.100990</t>
   </si>