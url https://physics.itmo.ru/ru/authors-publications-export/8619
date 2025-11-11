--- v0 (2025-10-07)
+++ v1 (2025-11-11)
@@ -12,125 +12,152 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>QED effects in quadratic Zeeman splitting in highly charged hydrogen-like ions</t>
+  </si>
+  <si>
+    <t>Valentin Agababaev, Ekatetina Prokhorchuk, Dmitry Glazov, A. V. Malyshev, V. M. Shabaev, Аndrey Volotka</t>
+  </si>
+  <si>
+    <t>Physical Review A</t>
+  </si>
+  <si>
+    <t>10.1103/cpbv-l4z1</t>
+  </si>
+  <si>
+    <t>Sturmian basis set for the Dirac equation with finite nuclear size: Application to polarizability, Zeeman and hyperfine splitting, and vacuum polarization</t>
+  </si>
+  <si>
+    <t>Vladislav Ivanov, Dmitry Glazov, Аndrey Volotka</t>
+  </si>
+  <si>
+    <t>10.1103/tf1t-wj6w</t>
+  </si>
+  <si>
+    <t>g-Factor Isotopic Shifts: Theoretical Limits on New Physics Search</t>
+  </si>
+  <si>
+    <t>Dmitriy Akulov, Rinat Abdullin, Dmitry Chubukov, Dmitry Glazov, Аndrey Volotka</t>
+  </si>
+  <si>
+    <t>Atoms</t>
+  </si>
+  <si>
+    <t>10.3390/atoms13060052</t>
+  </si>
+  <si>
     <t>Vacuum-polarization Wichmann-Kroll correction in the finite-basis-set approach</t>
   </si>
   <si>
     <t>Vladislav Ivanov, Stanislav Baturin, Dmitry Glazov, Аndrey Volotka</t>
   </si>
   <si>
-    <t>Physical Review A</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1103/physreva.110.032815</t>
   </si>
   <si>
     <t>Conversion of twistedness from light to atoms</t>
   </si>
   <si>
     <t>Stanislav Baturin, Аndrey Volotka</t>
   </si>
   <si>
     <t>10.1103/physreva.110.l020801</t>
   </si>
   <si>
     <t>Theoretical consideration of a twisted atom</t>
   </si>
   <si>
     <t>Petr Maslennikov, Аndrey Volotka, Stanislav Baturin</t>
   </si>
   <si>
     <t>10.1103/physreva.109.052805</t>
   </si>
   <si>
     <t>Excitation of the 229Th nucleus by a hole in the inner electronic shells</t>
   </si>
   <si>
     <t>M. G. Kozlov, A. V. Oleynichenko, D. Budker, Dmitry Glazov, Y. V. Lomachuk, V. M. Shabaev, A. V. Titov, I. I. Tupitsyn, Аndrey Volotka</t>
   </si>
   <si>
     <t>10.1103/physreva.109.042806</t>
   </si>
   <si>
     <t>g Factor of Few-Electron Highly Charged Ions</t>
   </si>
   <si>
     <t>Dmitry Glazov, Dmitrii V. Zinenko, Valentin Agababaev, Artyom D. Moshkin, Elizaveta Tryapitsyna, Anna Volchkova, Аndrey Volotka</t>
-  </si>
-[...1 lines deleted...]
-    <t>Atoms</t>
   </si>
   <si>
     <t>10.3390/atoms11090119</t>
   </si>
   <si>
     <t>Electron correlation effects on the g factor of lithiumlike ions</t>
   </si>
   <si>
     <t>D. V. Zinenko, D. A. Glazov, V. P. Kosheleva, Аndrey Volotka, Stephan Fritzsche</t>
   </si>
   <si>
     <t>10.1103/physreva.107.032815</t>
   </si>
   <si>
     <t>Angle-differential cross sections for Rayleigh scattering of highly linearly polarized hard x rays on Au atoms</t>
   </si>
   <si>
     <t>Wilko Middents, Günter Weber, Alexandre Gumberidze, Christoph Hahn, Thomas Krings, Nikolaus Kurz, Philip Pfäfflein, Norbert Schell, Uwe Spillmann, Sophia Strnat, Marco Vockert, Аndrey Volotka, Andrey Surzhykov, Thomas Stöhlker</t>
   </si>
   <si>
     <t>10.1103/physreva.107.012805</t>
   </si>
   <si>
     <t>Determination of the 2s22p5−2s2p6 transition energy in fluorine-like nickel utilizing a low-lying dielectronic resonance</t>
   </si>
@@ -953,1640 +980,1721 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I58"/>
+  <dimension ref="A1:I61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="178.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="510.732" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E2"/>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
         <v>3.14</v>
       </c>
       <c r="I2">
         <v>1.39</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E3"/>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3">
         <v>3.14</v>
       </c>
       <c r="I3">
         <v>1.39</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D4">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="E4"/>
+        <v>13</v>
+      </c>
+      <c r="E4">
+        <v>52</v>
+      </c>
       <c r="F4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H4">
-        <v>2.97</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.93</v>
+      </c>
+      <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E5"/>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2.97</v>
+        <v>3.14</v>
       </c>
       <c r="I5">
-        <v>1.18</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="D6">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="E6"/>
       <c r="F6">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
-      <c r="H6"/>
+      <c r="H6">
+        <v>3.14</v>
+      </c>
       <c r="I6">
-        <v>0.49</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>26</v>
       </c>
       <c r="B7" t="s">
         <v>27</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E7"/>
       <c r="F7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>28</v>
       </c>
       <c r="H7">
         <v>2.97</v>
       </c>
       <c r="I7">
         <v>1.18</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>29</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E8"/>
       <c r="F8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>31</v>
       </c>
       <c r="H8">
         <v>2.97</v>
       </c>
       <c r="I8">
         <v>1.18</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>33</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D9">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="E9"/>
+        <v>11</v>
+      </c>
+      <c r="E9">
+        <v>119</v>
+      </c>
       <c r="F9">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G9" t="s">
         <v>34</v>
       </c>
-      <c r="H9">
-[...1 lines deleted...]
-      </c>
+      <c r="H9"/>
       <c r="I9">
-        <v>1.18</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>35</v>
       </c>
       <c r="B10" t="s">
         <v>36</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E10"/>
       <c r="F10">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G10" t="s">
         <v>37</v>
       </c>
       <c r="H10">
         <v>2.97</v>
       </c>
       <c r="I10">
         <v>1.18</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>38</v>
       </c>
       <c r="B11" t="s">
         <v>39</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E11"/>
       <c r="F11">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G11" t="s">
         <v>40</v>
       </c>
       <c r="H11">
         <v>2.97</v>
       </c>
       <c r="I11">
         <v>1.18</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>41</v>
       </c>
       <c r="B12" t="s">
         <v>42</v>
       </c>
       <c r="C12" t="s">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="D12">
-        <v>606</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="E12"/>
       <c r="F12">
         <v>2022</v>
       </c>
       <c r="G12" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="H12">
-        <v>69.5</v>
+        <v>2.97</v>
       </c>
       <c r="I12">
-        <v>17.9</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C13" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="D13">
-        <v>128</v>
+        <v>106</v>
       </c>
       <c r="E13"/>
       <c r="F13">
         <v>2022</v>
       </c>
       <c r="G13" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="H13">
-        <v>9.19</v>
+        <v>2.97</v>
       </c>
       <c r="I13">
-        <v>3.25</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="C14" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="D14">
-        <v>534</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="E14"/>
       <c r="F14">
         <v>2022</v>
       </c>
       <c r="G14" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="H14">
-        <v>3.05</v>
+        <v>2.97</v>
       </c>
       <c r="I14">
-        <v>0.7</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B15" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="D15">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="E15"/>
+        <v>606</v>
+      </c>
+      <c r="E15" t="s">
+        <v>53</v>
+      </c>
       <c r="F15">
         <v>2022</v>
       </c>
       <c r="G15" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="H15">
-        <v>2.97</v>
+        <v>69.5</v>
       </c>
       <c r="I15">
-        <v>1.18</v>
+        <v>17.9</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>55</v>
+      </c>
+      <c r="B16" t="s">
+        <v>56</v>
+      </c>
+      <c r="C16" t="s">
         <v>57</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16">
-        <v>76</v>
+        <v>128</v>
       </c>
       <c r="E16"/>
       <c r="F16">
         <v>2022</v>
       </c>
       <c r="G16" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="H16">
-        <v>1.43</v>
+        <v>9.19</v>
       </c>
       <c r="I16">
-        <v>0.42</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>59</v>
+      </c>
+      <c r="B17" t="s">
+        <v>60</v>
+      </c>
+      <c r="C17" t="s">
         <v>61</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17">
+        <v>534</v>
+      </c>
+      <c r="E17">
+        <v>2100252</v>
+      </c>
+      <c r="F17">
+        <v>2022</v>
+      </c>
+      <c r="G17" t="s">
         <v>62</v>
-      </c>
-[...11 lines deleted...]
-        <v>63</v>
       </c>
       <c r="H17">
         <v>3.05</v>
       </c>
       <c r="I17">
         <v>0.7</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
+        <v>63</v>
+      </c>
+      <c r="B18" t="s">
         <v>64</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E18"/>
       <c r="F18">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G18" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="H18">
         <v>2.97</v>
       </c>
       <c r="I18">
         <v>1.18</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>66</v>
+      </c>
+      <c r="B19" t="s">
         <v>67</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>68</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="E19"/>
       <c r="F19">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G19" t="s">
         <v>69</v>
       </c>
       <c r="H19">
-        <v>2.97</v>
+        <v>1.43</v>
       </c>
       <c r="I19">
-        <v>1.18</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>70</v>
       </c>
       <c r="B20" t="s">
         <v>71</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="D20"/>
       <c r="E20">
-        <v>2100199</v>
+        <v>2100285</v>
       </c>
       <c r="F20">
         <v>2021</v>
       </c>
       <c r="G20" t="s">
         <v>72</v>
       </c>
       <c r="H20">
         <v>3.05</v>
       </c>
       <c r="I20">
         <v>0.7</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>73</v>
       </c>
       <c r="B21" t="s">
         <v>74</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21">
         <v>104</v>
       </c>
       <c r="E21"/>
       <c r="F21">
         <v>2021</v>
       </c>
       <c r="G21" t="s">
         <v>75</v>
       </c>
       <c r="H21">
         <v>2.97</v>
       </c>
       <c r="I21">
         <v>1.18</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>76</v>
       </c>
       <c r="B22" t="s">
         <v>77</v>
       </c>
       <c r="C22" t="s">
-        <v>78</v>
+        <v>11</v>
       </c>
       <c r="D22">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="E22"/>
       <c r="F22">
         <v>2021</v>
       </c>
       <c r="G22" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="H22">
-        <v>2.71</v>
+        <v>2.97</v>
       </c>
       <c r="I22">
-        <v>0.39</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>79</v>
+      </c>
+      <c r="B23" t="s">
         <v>80</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="E23"/>
+        <v>61</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23">
+        <v>2100199</v>
+      </c>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H23">
-        <v>2.97</v>
+        <v>3.05</v>
       </c>
       <c r="I23">
-        <v>1.18</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>82</v>
+      </c>
+      <c r="B24" t="s">
         <v>83</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E24"/>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H24">
         <v>2.97</v>
       </c>
       <c r="I24">
         <v>1.18</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>85</v>
+      </c>
+      <c r="B25" t="s">
         <v>86</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>87</v>
       </c>
-      <c r="C25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="E25"/>
+        <v>13</v>
+      </c>
+      <c r="E25">
+        <v>1014</v>
+      </c>
       <c r="F25">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G25" t="s">
         <v>88</v>
       </c>
       <c r="H25">
-        <v>3.14</v>
+        <v>2.71</v>
       </c>
       <c r="I25">
-        <v>1.39</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>89</v>
       </c>
       <c r="B26" t="s">
         <v>90</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E26"/>
       <c r="F26">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G26" t="s">
         <v>91</v>
       </c>
       <c r="H26">
-        <v>3.14</v>
+        <v>2.97</v>
       </c>
       <c r="I26">
-        <v>1.39</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>92</v>
       </c>
       <c r="B27" t="s">
         <v>93</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E27"/>
       <c r="F27">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G27" t="s">
         <v>94</v>
       </c>
       <c r="H27">
-        <v>3.14</v>
+        <v>2.97</v>
       </c>
       <c r="I27">
-        <v>1.39</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>95</v>
       </c>
       <c r="B28" t="s">
         <v>96</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28">
         <v>102</v>
       </c>
       <c r="E28"/>
       <c r="F28">
         <v>2020</v>
       </c>
       <c r="G28" t="s">
         <v>97</v>
       </c>
       <c r="H28">
         <v>3.14</v>
       </c>
       <c r="I28">
         <v>1.39</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>98</v>
       </c>
       <c r="B29" t="s">
         <v>99</v>
       </c>
       <c r="C29" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="D29">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="E29"/>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
         <v>100</v>
       </c>
-      <c r="H29"/>
+      <c r="H29">
+        <v>3.14</v>
+      </c>
       <c r="I29">
-        <v>0.61</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>101</v>
       </c>
       <c r="B30" t="s">
         <v>102</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30">
         <v>102</v>
       </c>
       <c r="E30"/>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
         <v>103</v>
       </c>
       <c r="H30">
         <v>3.14</v>
       </c>
       <c r="I30">
         <v>1.39</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>104</v>
       </c>
       <c r="B31" t="s">
         <v>105</v>
       </c>
       <c r="C31" t="s">
-        <v>106</v>
+        <v>11</v>
       </c>
       <c r="D31">
-        <v>1412</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="E31"/>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="H31"/>
+        <v>106</v>
+      </c>
+      <c r="H31">
+        <v>3.14</v>
+      </c>
       <c r="I31">
-        <v>0.21</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
+        <v>107</v>
+      </c>
+      <c r="B32" t="s">
         <v>108</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D32">
         <v>8</v>
       </c>
       <c r="E32">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="F32">
         <v>2020</v>
       </c>
       <c r="G32" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0.61</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
+        <v>110</v>
+      </c>
+      <c r="B33" t="s">
         <v>111</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" t="s">
-        <v>113</v>
+        <v>11</v>
       </c>
       <c r="D33">
-        <v>2</v>
+        <v>102</v>
       </c>
       <c r="E33"/>
       <c r="F33">
         <v>2020</v>
       </c>
       <c r="G33" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-      <c r="I33"/>
+        <v>112</v>
+      </c>
+      <c r="H33">
+        <v>3.14</v>
+      </c>
+      <c r="I33">
+        <v>1.39</v>
+      </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
+        <v>113</v>
+      </c>
+      <c r="B34" t="s">
+        <v>114</v>
+      </c>
+      <c r="C34" t="s">
         <v>115</v>
       </c>
-      <c r="B34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D34">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E34"/>
+        <v>1412</v>
+      </c>
+      <c r="E34">
+        <v>152017</v>
+      </c>
       <c r="F34">
         <v>2020</v>
       </c>
       <c r="G34" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="H34"/>
       <c r="I34">
-        <v>1.24</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B35" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C35" t="s">
-        <v>121</v>
+        <v>18</v>
       </c>
       <c r="D35">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>8</v>
+      </c>
+      <c r="E35">
+        <v>12</v>
       </c>
       <c r="F35">
         <v>2020</v>
       </c>
       <c r="G35" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="H35"/>
       <c r="I35">
-        <v>0.45</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B36" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C36" t="s">
-        <v>48</v>
+        <v>122</v>
       </c>
       <c r="D36">
-        <v>123</v>
+        <v>2</v>
       </c>
       <c r="E36"/>
       <c r="F36">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G36" t="s">
-        <v>126</v>
-[...6 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B37" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C37" t="s">
-        <v>48</v>
+        <v>126</v>
       </c>
       <c r="D37">
-        <v>123</v>
+        <v>10</v>
       </c>
       <c r="E37"/>
       <c r="F37">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G37" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="H37">
-        <v>8.39</v>
+        <v>4.38</v>
       </c>
       <c r="I37">
-        <v>3.59</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>128</v>
+      </c>
+      <c r="B38" t="s">
+        <v>129</v>
+      </c>
+      <c r="C38" t="s">
         <v>130</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38">
+        <v>49</v>
+      </c>
+      <c r="E38" t="s">
         <v>131</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38"/>
       <c r="F38">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G38" t="s">
         <v>132</v>
       </c>
       <c r="H38">
-        <v>2.78</v>
+        <v>1.49</v>
       </c>
       <c r="I38">
-        <v>1.42</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>133</v>
       </c>
       <c r="B39" t="s">
-        <v>116</v>
+        <v>134</v>
       </c>
       <c r="C39" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="D39">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="E39"/>
       <c r="F39">
         <v>2019</v>
       </c>
       <c r="G39" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H39">
-        <v>2.78</v>
+        <v>8.39</v>
       </c>
       <c r="I39">
-        <v>1.42</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B40" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C40" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="D40">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E40"/>
       <c r="F40">
         <v>2019</v>
       </c>
       <c r="G40" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H40">
         <v>8.39</v>
       </c>
       <c r="I40">
         <v>3.59</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B41" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E41"/>
       <c r="F41">
         <v>2019</v>
       </c>
       <c r="G41" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H41">
         <v>2.78</v>
       </c>
       <c r="I41">
         <v>1.42</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B42" t="s">
-        <v>142</v>
+        <v>125</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E42"/>
       <c r="F42">
         <v>2019</v>
       </c>
       <c r="G42" t="s">
         <v>143</v>
       </c>
       <c r="H42">
         <v>2.78</v>
       </c>
       <c r="I42">
         <v>1.42</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>144</v>
       </c>
       <c r="B43" t="s">
         <v>145</v>
       </c>
       <c r="C43" t="s">
-        <v>121</v>
+        <v>57</v>
       </c>
       <c r="D43">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="E43"/>
       <c r="F43">
         <v>2019</v>
       </c>
       <c r="G43" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H43">
-        <v>1.25</v>
+        <v>8.39</v>
       </c>
       <c r="I43">
-        <v>0.36</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>147</v>
+      </c>
+      <c r="B44" t="s">
         <v>148</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" t="s">
-        <v>150</v>
+        <v>11</v>
       </c>
       <c r="D44">
-        <v>240</v>
+        <v>99</v>
       </c>
       <c r="E44"/>
       <c r="F44">
         <v>2019</v>
       </c>
       <c r="G44" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="H44"/>
+        <v>149</v>
+      </c>
+      <c r="H44">
+        <v>2.78</v>
+      </c>
       <c r="I44">
-        <v>0.29</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B45" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45">
         <v>99</v>
       </c>
       <c r="E45"/>
       <c r="F45">
         <v>2019</v>
       </c>
       <c r="G45" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="H45">
         <v>2.78</v>
       </c>
       <c r="I45">
         <v>1.42</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
+        <v>153</v>
+      </c>
+      <c r="B46" t="s">
+        <v>154</v>
+      </c>
+      <c r="C46" t="s">
+        <v>130</v>
+      </c>
+      <c r="D46">
+        <v>49</v>
+      </c>
+      <c r="E46" t="s">
         <v>155</v>
       </c>
-      <c r="B46" t="s">
+      <c r="F46">
+        <v>2019</v>
+      </c>
+      <c r="G46" t="s">
         <v>156</v>
       </c>
-      <c r="C46" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H46">
-        <v>0.55</v>
+        <v>1.25</v>
       </c>
       <c r="I46">
-        <v>0.21</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>157</v>
+      </c>
+      <c r="B47" t="s">
+        <v>158</v>
+      </c>
+      <c r="C47" t="s">
         <v>159</v>
       </c>
-      <c r="B47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D47">
-        <v>98</v>
+        <v>240</v>
       </c>
       <c r="E47"/>
       <c r="F47">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G47" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="H47"/>
       <c r="I47">
-        <v>1.27</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>161</v>
+      </c>
+      <c r="B48" t="s">
         <v>162</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E48"/>
       <c r="F48">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G48" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="H48">
-        <v>2.91</v>
+        <v>2.78</v>
       </c>
       <c r="I48">
-        <v>1.27</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
+        <v>164</v>
+      </c>
+      <c r="B49" t="s">
         <v>165</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
+        <v>115</v>
+      </c>
+      <c r="D49">
+        <v>1138</v>
+      </c>
+      <c r="E49" t="s">
         <v>166</v>
       </c>
-      <c r="C49" t="s">
-[...5 lines deleted...]
-      <c r="E49"/>
       <c r="F49">
         <v>2018</v>
       </c>
       <c r="G49" t="s">
         <v>167</v>
       </c>
       <c r="H49">
-        <v>2.91</v>
+        <v>0.55</v>
       </c>
       <c r="I49">
-        <v>1.27</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>168</v>
       </c>
       <c r="B50" t="s">
-        <v>116</v>
+        <v>169</v>
       </c>
       <c r="C50" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="D50">
-        <v>121</v>
+        <v>98</v>
       </c>
       <c r="E50"/>
       <c r="F50">
         <v>2018</v>
       </c>
       <c r="G50" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H50">
-        <v>9.23</v>
+        <v>2.91</v>
       </c>
       <c r="I50">
-        <v>3.57</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B51" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E51"/>
       <c r="F51">
         <v>2018</v>
       </c>
       <c r="G51" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H51">
         <v>2.91</v>
       </c>
       <c r="I51">
         <v>1.27</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B52" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E52"/>
       <c r="F52">
         <v>2018</v>
       </c>
       <c r="G52" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H52">
         <v>2.91</v>
       </c>
       <c r="I52">
         <v>1.27</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B53" t="s">
-        <v>177</v>
+        <v>125</v>
       </c>
       <c r="C53" t="s">
-        <v>178</v>
+        <v>57</v>
       </c>
       <c r="D53">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="E53"/>
       <c r="F53">
         <v>2018</v>
       </c>
       <c r="G53" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="I53"/>
+        <v>178</v>
+      </c>
+      <c r="H53">
+        <v>9.23</v>
+      </c>
+      <c r="I53">
+        <v>3.57</v>
+      </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B54" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54">
         <v>97</v>
       </c>
       <c r="E54"/>
       <c r="F54">
         <v>2018</v>
       </c>
       <c r="G54" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="H54">
         <v>2.91</v>
       </c>
       <c r="I54">
         <v>1.27</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B55" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C55" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="D55">
-        <v>120</v>
+        <v>97</v>
       </c>
       <c r="E55"/>
       <c r="F55">
         <v>2018</v>
       </c>
       <c r="G55" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="H55">
-        <v>9.23</v>
+        <v>2.91</v>
       </c>
       <c r="I55">
-        <v>3.57</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>185</v>
+      </c>
+      <c r="B56" t="s">
+        <v>186</v>
+      </c>
+      <c r="C56" t="s">
         <v>187</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56">
+        <v>2</v>
+      </c>
+      <c r="E56" t="s">
         <v>188</v>
       </c>
-      <c r="C56" t="s">
-[...5 lines deleted...]
-      <c r="E56"/>
       <c r="F56">
         <v>2018</v>
       </c>
       <c r="G56" t="s">
         <v>189</v>
       </c>
-      <c r="H56">
-[...4 lines deleted...]
-      </c>
+      <c r="H56"/>
+      <c r="I56"/>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>190</v>
       </c>
       <c r="B57" t="s">
         <v>191</v>
       </c>
       <c r="C57" t="s">
-        <v>192</v>
+        <v>11</v>
       </c>
       <c r="D57">
-        <v>779</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="E57"/>
       <c r="F57">
         <v>2018</v>
       </c>
       <c r="G57" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H57">
-        <v>4.16</v>
+        <v>2.91</v>
       </c>
       <c r="I57">
-        <v>1.81</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B58" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C58" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="D58">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="E58"/>
       <c r="F58">
         <v>2018</v>
       </c>
       <c r="G58" t="s">
+        <v>195</v>
+      </c>
+      <c r="H58">
+        <v>9.23</v>
+      </c>
+      <c r="I58">
+        <v>3.57</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" t="s">
+        <v>196</v>
+      </c>
+      <c r="B59" t="s">
         <v>197</v>
       </c>
-      <c r="H58">
+      <c r="C59" t="s">
+        <v>57</v>
+      </c>
+      <c r="D59">
+        <v>120</v>
+      </c>
+      <c r="E59"/>
+      <c r="F59">
+        <v>2018</v>
+      </c>
+      <c r="G59" t="s">
+        <v>198</v>
+      </c>
+      <c r="H59">
+        <v>9.23</v>
+      </c>
+      <c r="I59">
+        <v>3.57</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" t="s">
+        <v>199</v>
+      </c>
+      <c r="B60" t="s">
+        <v>200</v>
+      </c>
+      <c r="C60" t="s">
+        <v>201</v>
+      </c>
+      <c r="D60">
+        <v>779</v>
+      </c>
+      <c r="E60" t="s">
+        <v>202</v>
+      </c>
+      <c r="F60">
+        <v>2018</v>
+      </c>
+      <c r="G60" t="s">
+        <v>203</v>
+      </c>
+      <c r="H60">
+        <v>4.16</v>
+      </c>
+      <c r="I60">
+        <v>1.81</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" t="s">
+        <v>204</v>
+      </c>
+      <c r="B61" t="s">
+        <v>205</v>
+      </c>
+      <c r="C61" t="s">
+        <v>11</v>
+      </c>
+      <c r="D61">
+        <v>97</v>
+      </c>
+      <c r="E61"/>
+      <c r="F61">
+        <v>2018</v>
+      </c>
+      <c r="G61" t="s">
+        <v>206</v>
+      </c>
+      <c r="H61">
         <v>2.91</v>
       </c>
-      <c r="I58">
+      <c r="I61">
         <v>1.27</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>