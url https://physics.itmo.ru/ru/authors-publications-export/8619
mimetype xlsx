--- v1 (2025-11-11)
+++ v2 (2025-12-05)
@@ -593,66 +593,66 @@
   <si>
     <t>Influence of a stray magnetic field on the measurement of long-range spin-spin interaction</t>
   </si>
   <si>
     <t>Biplab Goswami, Аndrey Volotka, Stephan Fritzsche</t>
   </si>
   <si>
     <t>Journal of Physics Communications</t>
   </si>
   <si>
     <t>055025</t>
   </si>
   <si>
     <t>10.1088/2399-6528/aac445</t>
   </si>
   <si>
     <t>Interelectronic-interaction contribution to the nonlinear Zeeman effect in boronlike ions</t>
   </si>
   <si>
     <t>V. A. Agababaev, D. A. Glazov, A. M. Volchkova, Аndrey Volotka, V. M. Shabaev, G. Plunien</t>
   </si>
   <si>
     <t>10.1103/physreva.97.043402</t>
   </si>
   <si>
+    <t>New Nuclear Magnetic Moment of 209Bi: Resolving the Bismuth Hyperfine Puzzle</t>
+  </si>
+  <si>
+    <t>Leonid V. Skripnikov,  Stefan Schmidt,  Johannes Ullmann,  Christopher Geppert,  Florian Kraus,  Benjamin Kresse,  Wilfried Nörtershäuser,  Alexei F. Privalov,  Benjamin Scheibe,  Vladimir M. Shabaev,  Michael Vogel, Аndrey Volotka</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevLett.120.093001</t>
+  </si>
+  <si>
     <t>New nuclear magnetic moment of ^{209}Bi: resolving the bismuth hyperfine puzzle</t>
   </si>
   <si>
     <t>Leonid V. Skripnikov, Stefan Schmidt, Johannes Ullmann, Christopher Geppert, Florian Kraus, Benjamin Kresse, Wilfried Nörtershäuser, Alexei F. Privalov, Benjamin Scheibe, Vladimir M. Shabaev, Michael Vogel, Аndrey Volotka</t>
   </si>
   <si>
     <t>doi.org/10.1103/PhysRevLett.120.093001</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1103/PhysRevLett.120.093001</t>
   </si>
   <si>
     <t>The nuclear magnetic moment of 208Bi and its relevance for a test of bound-state strong-field QED</t>
   </si>
   <si>
     <t>S. Schmidt, J. Billowes, M.L. Bissell, K. Blaum, R.F. Garcia Ruiz, H. Heylen, S. Malbrunot-Ettenauer, G. Neyens, W. Nörtershäuser, G. Plunien, S. Sailer, V.M. Shabaev, L.V. Skripnikov, I.I. Tupitsyn, Аndrey Volotka, X.F. Yang</t>
   </si>
   <si>
     <t>Physics Letters B</t>
   </si>
   <si>
     <t>324-330</t>
   </si>
   <si>
     <t>10.1016/j.physletb.2018.02.024</t>
   </si>
   <si>
     <t>Rayleigh scattering of twisted light by hydrogenlike ions</t>
   </si>
   <si>
     <t>A. A. Peshkov, Аndrey Volotka, A. Surzhykov, S. Fritzsche</t>
   </si>
   <si>
     <t>10.1103/physreva.97.023802</t>
   </si>