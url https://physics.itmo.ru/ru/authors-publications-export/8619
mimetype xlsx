--- v2 (2025-12-05)
+++ v3 (2026-03-13)
@@ -12,79 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Precision measurement of hyperfine structure of the 2P1/2 and 2P3/2 states in B-like 35,37Cl12+ ions</t>
+  </si>
+  <si>
+    <t>X. Liu,  F.H. Qu,  W.Q. Wen,  X.P. Zhou, Аndrey Volotka, Ю.С. Кожедуб, Dmitry Glazov,  D.V. Zinenko,  J.G. Li,  B. Tu,  K. Yao,  Y. Yang,  B. Wei,  X. Ma,  Y. Zou,  J. Xiao</t>
+  </si>
+  <si>
+    <t>Spectrochimica Acta Part B: Atomic Spectroscopy</t>
+  </si>
+  <si>
+    <t>10.1016/j.sab.2025.107349</t>
+  </si>
+  <si>
     <t>QED effects in quadratic Zeeman splitting in highly charged hydrogen-like ions</t>
   </si>
   <si>
     <t>Valentin Agababaev, Ekatetina Prokhorchuk, Dmitry Glazov, A. V. Malyshev, V. M. Shabaev, Аndrey Volotka</t>
   </si>
   <si>
     <t>Physical Review A</t>
   </si>
   <si>
     <t>10.1103/cpbv-l4z1</t>
   </si>
   <si>
     <t>Sturmian basis set for the Dirac equation with finite nuclear size: Application to polarizability, Zeeman and hyperfine splitting, and vacuum polarization</t>
   </si>
   <si>
     <t>Vladislav Ivanov, Dmitry Glazov, Аndrey Volotka</t>
   </si>
   <si>
     <t>10.1103/tf1t-wj6w</t>
   </si>
   <si>
     <t>g-Factor Isotopic Shifts: Theoretical Limits on New Physics Search</t>
   </si>
   <si>
     <t>Dmitriy Akulov, Rinat Abdullin, Dmitry Chubukov, Dmitry Glazov, Аndrey Volotka</t>
@@ -593,66 +605,66 @@
   <si>
     <t>Influence of a stray magnetic field on the measurement of long-range spin-spin interaction</t>
   </si>
   <si>
     <t>Biplab Goswami, Аndrey Volotka, Stephan Fritzsche</t>
   </si>
   <si>
     <t>Journal of Physics Communications</t>
   </si>
   <si>
     <t>055025</t>
   </si>
   <si>
     <t>10.1088/2399-6528/aac445</t>
   </si>
   <si>
     <t>Interelectronic-interaction contribution to the nonlinear Zeeman effect in boronlike ions</t>
   </si>
   <si>
     <t>V. A. Agababaev, D. A. Glazov, A. M. Volchkova, Аndrey Volotka, V. M. Shabaev, G. Plunien</t>
   </si>
   <si>
     <t>10.1103/physreva.97.043402</t>
   </si>
   <si>
+    <t>New nuclear magnetic moment of ^{209}Bi: resolving the bismuth hyperfine puzzle</t>
+  </si>
+  <si>
+    <t>Leonid V. Skripnikov, Stefan Schmidt, Johannes Ullmann, Christopher Geppert, Florian Kraus, Benjamin Kresse, Wilfried Nörtershäuser, Alexei F. Privalov, Benjamin Scheibe, Vladimir M. Shabaev, Michael Vogel, Аndrey Volotka</t>
+  </si>
+  <si>
+    <t>doi.org/10.1103/PhysRevLett.120.093001</t>
+  </si>
+  <si>
     <t>New Nuclear Magnetic Moment of 209Bi: Resolving the Bismuth Hyperfine Puzzle</t>
   </si>
   <si>
     <t>Leonid V. Skripnikov,  Stefan Schmidt,  Johannes Ullmann,  Christopher Geppert,  Florian Kraus,  Benjamin Kresse,  Wilfried Nörtershäuser,  Alexei F. Privalov,  Benjamin Scheibe,  Vladimir M. Shabaev,  Michael Vogel, Аndrey Volotka</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.120.093001</t>
-  </si>
-[...7 lines deleted...]
-    <t>doi.org/10.1103/PhysRevLett.120.093001</t>
   </si>
   <si>
     <t>The nuclear magnetic moment of 208Bi and its relevance for a test of bound-state strong-field QED</t>
   </si>
   <si>
     <t>S. Schmidt, J. Billowes, M.L. Bissell, K. Blaum, R.F. Garcia Ruiz, H. Heylen, S. Malbrunot-Ettenauer, G. Neyens, W. Nörtershäuser, G. Plunien, S. Sailer, V.M. Shabaev, L.V. Skripnikov, I.I. Tupitsyn, Аndrey Volotka, X.F. Yang</t>
   </si>
   <si>
     <t>Physics Letters B</t>
   </si>
   <si>
     <t>324-330</t>
   </si>
   <si>
     <t>10.1016/j.physletb.2018.02.024</t>
   </si>
   <si>
     <t>Rayleigh scattering of twisted light by hydrogenlike ions</t>
   </si>
   <si>
     <t>A. A. Peshkov, Аndrey Volotka, A. Surzhykov, S. Fritzsche</t>
   </si>
   <si>
     <t>10.1103/physreva.97.023802</t>
   </si>
@@ -980,1721 +992,1750 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I61"/>
+  <dimension ref="A1:I62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="510.732" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="E2"/>
+        <v>235</v>
+      </c>
+      <c r="E2">
+        <v>107349</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>3.14</v>
+        <v>3.75</v>
       </c>
       <c r="I2">
-        <v>1.39</v>
+        <v>0.79</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D3">
         <v>112</v>
       </c>
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H3">
         <v>3.14</v>
       </c>
       <c r="I3">
         <v>1.39</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D4">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4">
-        <v>1.93</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>3.14</v>
+      </c>
+      <c r="I4">
+        <v>1.39</v>
+      </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D5">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="E5"/>
+        <v>13</v>
+      </c>
+      <c r="E5">
+        <v>52</v>
+      </c>
       <c r="F5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H5">
-        <v>3.14</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.93</v>
+      </c>
+      <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D6">
         <v>110</v>
       </c>
       <c r="E6"/>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H6">
         <v>3.14</v>
       </c>
       <c r="I6">
         <v>1.39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D7">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H7">
-        <v>2.97</v>
+        <v>3.14</v>
       </c>
       <c r="I7">
-        <v>1.18</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D8">
         <v>109</v>
       </c>
       <c r="E8"/>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H8">
         <v>2.97</v>
       </c>
       <c r="I8">
         <v>1.18</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D9">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="E9"/>
       <c r="F9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="H9"/>
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2.97</v>
+      </c>
       <c r="I9">
-        <v>0.49</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B10" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D10">
         <v>11</v>
       </c>
-      <c r="D10">
-[...2 lines deleted...]
-      <c r="E10"/>
+      <c r="E10">
+        <v>119</v>
+      </c>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="H10"/>
       <c r="I10">
-        <v>1.18</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D11">
         <v>107</v>
       </c>
       <c r="E11"/>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H11">
         <v>2.97</v>
       </c>
       <c r="I11">
         <v>1.18</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D12">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E12"/>
       <c r="F12">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H12">
         <v>2.97</v>
       </c>
       <c r="I12">
         <v>1.18</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B13" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D13">
         <v>106</v>
       </c>
       <c r="E13"/>
       <c r="F13">
         <v>2022</v>
       </c>
       <c r="G13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H13">
         <v>2.97</v>
       </c>
       <c r="I13">
         <v>1.18</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B14" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D14">
         <v>106</v>
       </c>
       <c r="E14"/>
       <c r="F14">
         <v>2022</v>
       </c>
       <c r="G14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H14">
         <v>2.97</v>
       </c>
       <c r="I14">
         <v>1.18</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C15" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="D15">
-        <v>606</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="E15"/>
       <c r="F15">
         <v>2022</v>
       </c>
       <c r="G15" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H15">
-        <v>69.5</v>
+        <v>2.97</v>
       </c>
       <c r="I15">
-        <v>17.9</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>54</v>
+      </c>
+      <c r="B16" t="s">
         <v>55</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>56</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16">
+        <v>606</v>
+      </c>
+      <c r="E16" t="s">
         <v>57</v>
       </c>
-      <c r="D16">
-[...2 lines deleted...]
-      <c r="E16"/>
       <c r="F16">
         <v>2022</v>
       </c>
       <c r="G16" t="s">
         <v>58</v>
       </c>
       <c r="H16">
-        <v>9.19</v>
+        <v>69.5</v>
       </c>
       <c r="I16">
-        <v>3.25</v>
+        <v>17.9</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>59</v>
       </c>
       <c r="B17" t="s">
         <v>60</v>
       </c>
       <c r="C17" t="s">
         <v>61</v>
       </c>
       <c r="D17">
-        <v>534</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="E17"/>
       <c r="F17">
         <v>2022</v>
       </c>
       <c r="G17" t="s">
         <v>62</v>
       </c>
       <c r="H17">
-        <v>3.05</v>
+        <v>9.19</v>
       </c>
       <c r="I17">
-        <v>0.7</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>63</v>
       </c>
       <c r="B18" t="s">
         <v>64</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="D18">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="E18"/>
+        <v>534</v>
+      </c>
+      <c r="E18">
+        <v>2100252</v>
+      </c>
       <c r="F18">
         <v>2022</v>
       </c>
       <c r="G18" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H18">
-        <v>2.97</v>
+        <v>3.05</v>
       </c>
       <c r="I18">
-        <v>1.18</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B19" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C19" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="D19">
-        <v>76</v>
+        <v>105</v>
       </c>
       <c r="E19"/>
       <c r="F19">
         <v>2022</v>
       </c>
       <c r="G19" t="s">
         <v>69</v>
       </c>
       <c r="H19">
-        <v>1.43</v>
+        <v>2.97</v>
       </c>
       <c r="I19">
-        <v>0.42</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>70</v>
       </c>
       <c r="B20" t="s">
         <v>71</v>
       </c>
       <c r="C20" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D20">
+        <v>76</v>
+      </c>
+      <c r="E20"/>
       <c r="F20">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G20" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H20">
-        <v>3.05</v>
+        <v>1.43</v>
       </c>
       <c r="I20">
-        <v>0.7</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B21" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="E21"/>
+        <v>65</v>
+      </c>
+      <c r="D21"/>
+      <c r="E21">
+        <v>2100285</v>
+      </c>
       <c r="F21">
         <v>2021</v>
       </c>
       <c r="G21" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H21">
-        <v>2.97</v>
+        <v>3.05</v>
       </c>
       <c r="I21">
-        <v>1.18</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B22" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C22" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D22">
         <v>104</v>
       </c>
       <c r="E22"/>
       <c r="F22">
         <v>2021</v>
       </c>
       <c r="G22" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H22">
         <v>2.97</v>
       </c>
       <c r="I22">
         <v>1.18</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B23" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C23" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D23">
+        <v>104</v>
+      </c>
+      <c r="E23"/>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H23">
-        <v>3.05</v>
+        <v>2.97</v>
       </c>
       <c r="I23">
-        <v>0.7</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B24" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C24" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="E24"/>
+        <v>65</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24">
+        <v>2100199</v>
+      </c>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H24">
-        <v>2.97</v>
+        <v>3.05</v>
       </c>
       <c r="I24">
-        <v>1.18</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B25" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C25" t="s">
-        <v>87</v>
+        <v>15</v>
       </c>
       <c r="D25">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="E25"/>
       <c r="F25">
         <v>2021</v>
       </c>
       <c r="G25" t="s">
         <v>88</v>
       </c>
       <c r="H25">
-        <v>2.71</v>
+        <v>2.97</v>
       </c>
       <c r="I25">
-        <v>0.39</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>89</v>
       </c>
       <c r="B26" t="s">
         <v>90</v>
       </c>
       <c r="C26" t="s">
-        <v>11</v>
+        <v>91</v>
       </c>
       <c r="D26">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="E26"/>
+        <v>13</v>
+      </c>
+      <c r="E26">
+        <v>1014</v>
+      </c>
       <c r="F26">
         <v>2021</v>
       </c>
       <c r="G26" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H26">
-        <v>2.97</v>
+        <v>2.71</v>
       </c>
       <c r="I26">
-        <v>1.18</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B27" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C27" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D27">
         <v>103</v>
       </c>
       <c r="E27"/>
       <c r="F27">
         <v>2021</v>
       </c>
       <c r="G27" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H27">
         <v>2.97</v>
       </c>
       <c r="I27">
         <v>1.18</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B28" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C28" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D28">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E28"/>
       <c r="F28">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G28" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H28">
-        <v>3.14</v>
+        <v>2.97</v>
       </c>
       <c r="I28">
-        <v>1.39</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B29" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C29" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D29">
         <v>102</v>
       </c>
       <c r="E29"/>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H29">
         <v>3.14</v>
       </c>
       <c r="I29">
         <v>1.39</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B30" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C30" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D30">
         <v>102</v>
       </c>
       <c r="E30"/>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H30">
         <v>3.14</v>
       </c>
       <c r="I30">
         <v>1.39</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B31" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C31" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D31">
         <v>102</v>
       </c>
       <c r="E31"/>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="H31">
         <v>3.14</v>
       </c>
       <c r="I31">
         <v>1.39</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B32" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C32" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D32">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="E32"/>
       <c r="F32">
         <v>2020</v>
       </c>
       <c r="G32" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="H32"/>
+        <v>110</v>
+      </c>
+      <c r="H32">
+        <v>3.14</v>
+      </c>
       <c r="I32">
-        <v>0.61</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B33" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C33" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D33">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="E33"/>
+        <v>8</v>
+      </c>
+      <c r="E33">
+        <v>54</v>
+      </c>
       <c r="F33">
         <v>2020</v>
       </c>
       <c r="G33" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="H33"/>
       <c r="I33">
-        <v>1.39</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B34" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C34" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="D34">
-        <v>1412</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="E34"/>
       <c r="F34">
         <v>2020</v>
       </c>
       <c r="G34" t="s">
         <v>116</v>
       </c>
-      <c r="H34"/>
+      <c r="H34">
+        <v>3.14</v>
+      </c>
       <c r="I34">
-        <v>0.21</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>117</v>
       </c>
       <c r="B35" t="s">
         <v>118</v>
       </c>
       <c r="C35" t="s">
-        <v>18</v>
+        <v>119</v>
       </c>
       <c r="D35">
-        <v>8</v>
+        <v>1412</v>
       </c>
       <c r="E35">
-        <v>12</v>
+        <v>152017</v>
       </c>
       <c r="F35">
         <v>2020</v>
       </c>
       <c r="G35" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H35"/>
       <c r="I35">
-        <v>0.61</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B36" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C36" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="D36">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="E36"/>
+        <v>8</v>
+      </c>
+      <c r="E36">
+        <v>12</v>
+      </c>
       <c r="F36">
         <v>2020</v>
       </c>
       <c r="G36" t="s">
         <v>123</v>
       </c>
       <c r="H36"/>
-      <c r="I36"/>
+      <c r="I36">
+        <v>0.61</v>
+      </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>124</v>
       </c>
       <c r="B37" t="s">
         <v>125</v>
       </c>
       <c r="C37" t="s">
         <v>126</v>
       </c>
       <c r="D37">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="E37"/>
       <c r="F37">
         <v>2020</v>
       </c>
       <c r="G37" t="s">
         <v>127</v>
       </c>
-      <c r="H37">
-[...4 lines deleted...]
-      </c>
+      <c r="H37"/>
+      <c r="I37"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>128</v>
       </c>
       <c r="B38" t="s">
         <v>129</v>
       </c>
       <c r="C38" t="s">
         <v>130</v>
       </c>
       <c r="D38">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E38"/>
       <c r="F38">
         <v>2020</v>
       </c>
       <c r="G38" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="H38">
-        <v>1.49</v>
+        <v>4.38</v>
       </c>
       <c r="I38">
-        <v>0.45</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>132</v>
+      </c>
+      <c r="B39" t="s">
         <v>133</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>134</v>
       </c>
-      <c r="C39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="E39"/>
+        <v>49</v>
+      </c>
+      <c r="E39" t="s">
+        <v>135</v>
+      </c>
       <c r="F39">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G39" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H39">
-        <v>8.39</v>
+        <v>1.49</v>
       </c>
       <c r="I39">
-        <v>3.59</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B40" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C40" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="D40">
         <v>123</v>
       </c>
       <c r="E40"/>
       <c r="F40">
         <v>2019</v>
       </c>
       <c r="G40" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H40">
         <v>8.39</v>
       </c>
       <c r="I40">
         <v>3.59</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B41" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C41" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="D41">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="E41"/>
       <c r="F41">
         <v>2019</v>
       </c>
       <c r="G41" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H41">
-        <v>2.78</v>
+        <v>8.39</v>
       </c>
       <c r="I41">
-        <v>1.42</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B42" t="s">
-        <v>125</v>
+        <v>144</v>
       </c>
       <c r="C42" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D42">
         <v>100</v>
       </c>
       <c r="E42"/>
       <c r="F42">
         <v>2019</v>
       </c>
       <c r="G42" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="H42">
         <v>2.78</v>
       </c>
       <c r="I42">
         <v>1.42</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B43" t="s">
-        <v>145</v>
+        <v>129</v>
       </c>
       <c r="C43" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="D43">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="E43"/>
       <c r="F43">
         <v>2019</v>
       </c>
       <c r="G43" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H43">
-        <v>8.39</v>
+        <v>2.78</v>
       </c>
       <c r="I43">
-        <v>3.59</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B44" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C44" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="D44">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="E44"/>
       <c r="F44">
         <v>2019</v>
       </c>
       <c r="G44" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H44">
-        <v>2.78</v>
+        <v>8.39</v>
       </c>
       <c r="I44">
-        <v>1.42</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B45" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C45" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D45">
         <v>99</v>
       </c>
       <c r="E45"/>
       <c r="F45">
         <v>2019</v>
       </c>
       <c r="G45" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H45">
         <v>2.78</v>
       </c>
       <c r="I45">
         <v>1.42</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B46" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C46" t="s">
-        <v>130</v>
+        <v>15</v>
       </c>
       <c r="D46">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="E46"/>
       <c r="F46">
         <v>2019</v>
       </c>
       <c r="G46" t="s">
         <v>156</v>
       </c>
       <c r="H46">
-        <v>1.25</v>
+        <v>2.78</v>
       </c>
       <c r="I46">
-        <v>0.36</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>157</v>
       </c>
       <c r="B47" t="s">
         <v>158</v>
       </c>
       <c r="C47" t="s">
+        <v>134</v>
+      </c>
+      <c r="D47">
+        <v>49</v>
+      </c>
+      <c r="E47" t="s">
         <v>159</v>
       </c>
-      <c r="D47">
-[...2 lines deleted...]
-      <c r="E47"/>
       <c r="F47">
         <v>2019</v>
       </c>
       <c r="G47" t="s">
         <v>160</v>
       </c>
-      <c r="H47"/>
+      <c r="H47">
+        <v>1.25</v>
+      </c>
       <c r="I47">
-        <v>0.29</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>161</v>
       </c>
       <c r="B48" t="s">
         <v>162</v>
       </c>
       <c r="C48" t="s">
-        <v>11</v>
+        <v>163</v>
       </c>
       <c r="D48">
-        <v>99</v>
+        <v>240</v>
       </c>
       <c r="E48"/>
       <c r="F48">
         <v>2019</v>
       </c>
       <c r="G48" t="s">
-        <v>163</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="H48"/>
       <c r="I48">
-        <v>1.42</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B49" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C49" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="D49">
-        <v>1138</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="E49"/>
       <c r="F49">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G49" t="s">
         <v>167</v>
       </c>
       <c r="H49">
-        <v>0.55</v>
+        <v>2.78</v>
       </c>
       <c r="I49">
-        <v>0.21</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>168</v>
       </c>
       <c r="B50" t="s">
         <v>169</v>
       </c>
       <c r="C50" t="s">
-        <v>11</v>
+        <v>119</v>
       </c>
       <c r="D50">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="E50"/>
+        <v>1138</v>
+      </c>
+      <c r="E50" t="s">
+        <v>170</v>
+      </c>
       <c r="F50">
         <v>2018</v>
       </c>
       <c r="G50" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H50">
-        <v>2.91</v>
+        <v>0.55</v>
       </c>
       <c r="I50">
-        <v>1.27</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B51" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C51" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D51">
         <v>98</v>
       </c>
       <c r="E51"/>
       <c r="F51">
         <v>2018</v>
       </c>
       <c r="G51" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H51">
         <v>2.91</v>
       </c>
       <c r="I51">
         <v>1.27</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B52" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C52" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D52">
         <v>98</v>
       </c>
       <c r="E52"/>
       <c r="F52">
         <v>2018</v>
       </c>
       <c r="G52" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H52">
         <v>2.91</v>
       </c>
       <c r="I52">
         <v>1.27</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B53" t="s">
-        <v>125</v>
+        <v>179</v>
       </c>
       <c r="C53" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="D53">
-        <v>121</v>
+        <v>98</v>
       </c>
       <c r="E53"/>
       <c r="F53">
         <v>2018</v>
       </c>
       <c r="G53" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H53">
-        <v>9.23</v>
+        <v>2.91</v>
       </c>
       <c r="I53">
-        <v>3.57</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B54" t="s">
-        <v>180</v>
+        <v>129</v>
       </c>
       <c r="C54" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="D54">
-        <v>97</v>
+        <v>121</v>
       </c>
       <c r="E54"/>
       <c r="F54">
         <v>2018</v>
       </c>
       <c r="G54" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H54">
-        <v>2.91</v>
+        <v>9.23</v>
       </c>
       <c r="I54">
-        <v>1.27</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B55" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C55" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D55">
         <v>97</v>
       </c>
       <c r="E55"/>
       <c r="F55">
         <v>2018</v>
       </c>
       <c r="G55" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H55">
         <v>2.91</v>
       </c>
       <c r="I55">
         <v>1.27</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B56" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C56" t="s">
-        <v>187</v>
+        <v>15</v>
       </c>
       <c r="D56">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="E56"/>
       <c r="F56">
         <v>2018</v>
       </c>
       <c r="G56" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-      <c r="I56"/>
+        <v>188</v>
+      </c>
+      <c r="H56">
+        <v>2.91</v>
+      </c>
+      <c r="I56">
+        <v>1.27</v>
+      </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>189</v>
+      </c>
+      <c r="B57" t="s">
         <v>190</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>191</v>
       </c>
-      <c r="C57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="E57"/>
+        <v>2</v>
+      </c>
+      <c r="E57" t="s">
+        <v>192</v>
+      </c>
       <c r="F57">
         <v>2018</v>
       </c>
       <c r="G57" t="s">
-        <v>192</v>
-[...6 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="H57"/>
+      <c r="I57"/>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B58" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C58" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="D58">
-        <v>120</v>
+        <v>97</v>
       </c>
       <c r="E58"/>
       <c r="F58">
         <v>2018</v>
       </c>
       <c r="G58" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H58">
-        <v>9.23</v>
+        <v>2.91</v>
       </c>
       <c r="I58">
-        <v>3.57</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B59" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C59" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="D59">
         <v>120</v>
       </c>
       <c r="E59"/>
       <c r="F59">
         <v>2018</v>
       </c>
       <c r="G59" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H59">
         <v>9.23</v>
       </c>
       <c r="I59">
         <v>3.57</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B60" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C60" t="s">
-        <v>201</v>
+        <v>61</v>
       </c>
       <c r="D60">
-        <v>779</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="E60"/>
       <c r="F60">
         <v>2018</v>
       </c>
       <c r="G60" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="H60">
-        <v>4.16</v>
+        <v>9.23</v>
       </c>
       <c r="I60">
-        <v>1.81</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>203</v>
+      </c>
+      <c r="B61" t="s">
         <v>204</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>205</v>
       </c>
-      <c r="C61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="E61"/>
+        <v>779</v>
+      </c>
+      <c r="E61" t="s">
+        <v>206</v>
+      </c>
       <c r="F61">
         <v>2018</v>
       </c>
       <c r="G61" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H61">
+        <v>4.16</v>
+      </c>
+      <c r="I61">
+        <v>1.81</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" t="s">
+        <v>208</v>
+      </c>
+      <c r="B62" t="s">
+        <v>209</v>
+      </c>
+      <c r="C62" t="s">
+        <v>15</v>
+      </c>
+      <c r="D62">
+        <v>97</v>
+      </c>
+      <c r="E62"/>
+      <c r="F62">
+        <v>2018</v>
+      </c>
+      <c r="G62" t="s">
+        <v>210</v>
+      </c>
+      <c r="H62">
         <v>2.91</v>
       </c>
-      <c r="I61">
+      <c r="I62">
         <v>1.27</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>