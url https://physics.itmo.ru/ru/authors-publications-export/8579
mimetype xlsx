--- v0 (2025-10-06)
+++ v1 (2026-03-02)
@@ -56,69 +56,69 @@
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Udrov, Mikhail Siganov,  Pavel Seregin, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
     <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/wptce62521.2025.11062315</t>
   </si>
   <si>
+    <t>Design and demonstration of the volumetric resonator with uniform magnetic field distribution for wireless power transfer</t>
+  </si>
+  <si>
+    <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Siganov, Leila  Suleiman,  Pavel Seregin, Mikhail Udrov, Alena Shchelokova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
+  </si>
+  <si>
+    <t>10.1109/wptce59894.2024.10557310</t>
+  </si>
+  <si>
     <t>Room-Sized Helmholtz-Type Resonator for Ubiquitous Wireless Power Transfer</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Andrej Vdovenko, Mikhail Siganov, Evgenii Maiorov,  Pavel Seregin, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
-    <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/wptce59894.2024.10557386</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/wptce59894.2024.10557310</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>