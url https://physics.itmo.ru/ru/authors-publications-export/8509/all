--- v1 (2025-11-20)
+++ v2 (2026-02-13)
@@ -65,87 +65,87 @@
   <si>
     <t>Ultrabroadband infrared self-complementary nanoantennas</t>
   </si>
   <si>
     <t>Syuzanna Asadulina, Stanislav Glybovski, I. L. Ruiz, Juan Domingo Baena</t>
   </si>
   <si>
     <t>Physical Review A</t>
   </si>
   <si>
     <t>10.1103/physreva.110.063521</t>
   </si>
   <si>
     <t>Tailoring the Radiation Pattern of Infrared Self-Complementary Nanoantennas With Ultrawide Impedance Bandwidth</t>
   </si>
   <si>
     <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>1-3</t>
   </si>
   <si>
     <t>10.1109/metamaterials62190.2024.10703221</t>
   </si>
   <si>
+    <t>Plasmonic Self-complementary Metasurface Supporting Broadband Polarization Degeneracy</t>
+  </si>
+  <si>
+    <t>Abanoub  Mikhail , Zarina Sadrieva, Syuzanna Asadulina</t>
+  </si>
+  <si>
+    <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
+  </si>
+  <si>
+    <t>1-4</t>
+  </si>
+  <si>
+    <t>10.1109/piers62282.2024.10618445</t>
+  </si>
+  <si>
     <t>A Broadband Polarization Degeneracy of the Waveguide Modes in Silicon Metasurface</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Abanoub  Mikhail , Syuzanna Asadulina</t>
   </si>
   <si>
-    <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
-[...4 lines deleted...]
-  <si>
     <t>10.1109/piers62282.2024.10617834</t>
   </si>
   <si>
-    <t>Plasmonic Self-complementary Metasurface Supporting Broadband Polarization Degeneracy</t>
-[...7 lines deleted...]
-  <si>
     <t>All‐Dielectric Meta‐Waveguides for Flexible Polarization Control of Guided Light</t>
   </si>
   <si>
     <t>Syuzanna Asadulina, Andrey Bogdanov</t>
   </si>
   <si>
+    <t>Laser &amp; Photonics Reviews</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.202300544</t>
+  </si>
+  <si>
     <t>Laser &amp;amp; Photonics Reviews</t>
-  </si>
-[...4 lines deleted...]
-    <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>Plasmonic Self-Complementary Spiral Nanoantenna With Constant Input Impedance</t>
   </si>
   <si>
     <t>Juan Domingo Baena, Syuzanna Asadulina, J. P. Del Risco</t>
   </si>
   <si>
     <t>2023 Seventeenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>X-028-X-030</t>
   </si>
   <si>
     <t>10.1109/metamaterials58257.2023.10289163</t>
   </si>
   <si>
     <t>Polarization degeneracy of TE and TM eigenmodes for dielectric metasurface in the microwave</t>
   </si>
   <si>
     <t>Syuzanna Asadulina, Andrey Bogdanov, Stanislav Glybovski</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>