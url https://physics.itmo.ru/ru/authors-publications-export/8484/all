--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -317,71 +317,71 @@
   <si>
     <t>Igor Lobanov, Mariia Potkina, Valery Uzdin</t>
   </si>
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>833-847</t>
   </si>
   <si>
     <t>10.31857/s1234567821120090</t>
   </si>
   <si>
     <t>Photon generation in resonator with time dependent boundary conditions</t>
   </si>
   <si>
     <t>Igor Lobanov,  A. I. Trifanov, E.S. Trifanova, I.Y. Popov, E. Fedorov, Konstantin Pravdin, M.A. Moskalenko</t>
   </si>
   <si>
     <t>73-80</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2021-12-1-73-80</t>
   </si>
   <si>
+    <t>Machine learning method for computation of optimal transitions in magnetic nanosystems</t>
+  </si>
+  <si>
+    <t>K.R. Bushuev, Igor Lobanov</t>
+  </si>
+  <si>
+    <t>642-650</t>
+  </si>
+  <si>
+    <t>10.17586/2220-8054-2020-11-6-642-650</t>
+  </si>
+  <si>
     <t>Nonmagnetic impurities in skyrmion racetrack memory</t>
   </si>
   <si>
     <t>628-635</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2020-11-6-628-635</t>
   </si>
   <si>
-    <t>Machine learning method for computation of optimal transitions in magnetic nanosystems</t>
-[...10 lines deleted...]
-  <si>
     <t>Fine energy structure of a magnetic skyrmion localized on a nonmagnetic impurity in an external magnetic field</t>
   </si>
   <si>
     <t>Physics of Complex Systems</t>
   </si>
   <si>
     <t>165-168</t>
   </si>
   <si>
     <t>10.33910/2687-153x-2020-1-4-165-168</t>
   </si>
   <si>
     <t>Stability of in-plane and out-of-plane chiral skyrmions in epitaxial MnSi(111)/Si(111) thin films: Surface twists versus easy-plane anisotropy</t>
   </si>
   <si>
     <t>Andrey O. Leonov, Ivan M. Tambovtcev, Igor Lobanov, Valery Uzdin</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.174415</t>
   </si>
   <si>
     <t>Stability of long-lived antiskyrmions in the Mn-Pt-Sn tetragonal Heusler material</t>
   </si>
   <si>
     <t>Mariia Potkina, Igor Lobanov, O. A. Tretiakov, H. Jónsson, Valery Uzdin</t>
@@ -425,72 +425,72 @@
   <si>
     <t>10.1063/5.0009559</t>
   </si>
   <si>
     <t>Topological Hall effect for electron scattering on nanoscale skyrmions in external magnetic field</t>
   </si>
   <si>
     <t>K. S. Denisov, Igor Rozhansky, Mariia Potkina, Igor Lobanov, E. Lähderanta, Valery Uzdin</t>
   </si>
   <si>
     <t>10.1103/physrevb.98.214407</t>
   </si>
   <si>
     <t>Energy surface and lifetime of magnetic skyrmions</t>
   </si>
   <si>
     <t>Valery Uzdin, Mariia Potkina, Igor Lobanov, Pavel Bessarab, H. Jónsson</t>
   </si>
   <si>
     <t>236-240</t>
   </si>
   <si>
     <t>10.1016/j.jmmm.2017.10.100</t>
   </si>
   <si>
+    <t>Truncated minimum energy path method for finding first order saddle points</t>
+  </si>
+  <si>
+    <t>Igor Lobanov, Mariia Potkina, H. Jónsson, Valery Uzdin</t>
+  </si>
+  <si>
+    <t>586-595</t>
+  </si>
+  <si>
+    <t>10.17586/2220-8054-2017-8-5-586-595</t>
+  </si>
+  <si>
     <t>Thermal stability of magnetic states in submicron magnetic islands</t>
   </si>
   <si>
     <t>S.Y. Liashko, Igor Lobanov, Valery Uzdin, H. Jónsson</t>
   </si>
   <si>
     <t>572-578</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2017-8-5-572-578</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.17586/2220-8054-2017-8-5-586-595</t>
   </si>
   <si>
     <t>The effect of confinement and defects on the thermal stability of skyrmions</t>
   </si>
   <si>
     <t>Valery Uzdin, Mariia Potkina, Igor Lobanov, Pavel Bessarab, Hannes Jónsson</t>
   </si>
   <si>
     <t>Physica B: Condensed Matter</t>
   </si>
   <si>
     <t>6-9</t>
   </si>
   <si>
     <t>10.1016/j.physb.2017.09.040</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -1574,76 +1574,76 @@
         <v>98</v>
       </c>
       <c r="C27" t="s">
         <v>15</v>
       </c>
       <c r="D27">
         <v>12</v>
       </c>
       <c r="E27" t="s">
         <v>99</v>
       </c>
       <c r="F27">
         <v>2021</v>
       </c>
       <c r="G27" t="s">
         <v>100</v>
       </c>
       <c r="H27"/>
       <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>101</v>
       </c>
       <c r="B28" t="s">
-        <v>68</v>
+        <v>102</v>
       </c>
       <c r="C28" t="s">
         <v>15</v>
       </c>
       <c r="D28">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F28">
         <v>2020</v>
       </c>
       <c r="G28" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B29" t="s">
-        <v>105</v>
+        <v>68</v>
       </c>
       <c r="C29" t="s">
         <v>15</v>
       </c>
       <c r="D29">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>106</v>
       </c>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
         <v>107</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>108</v>
       </c>
       <c r="B30" t="s">
         <v>68</v>