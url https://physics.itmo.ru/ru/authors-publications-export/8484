--- v0 (2025-10-06)
+++ v1 (2025-11-15)
@@ -317,69 +317,69 @@
   <si>
     <t>Igor Lobanov, Mariia Potkina, Valery Uzdin</t>
   </si>
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>833-847</t>
   </si>
   <si>
     <t>10.31857/s1234567821120090</t>
   </si>
   <si>
     <t>Photon generation in resonator with time dependent boundary conditions</t>
   </si>
   <si>
     <t>Igor Lobanov,  A. I. Trifanov, E.S. Trifanova, I.Y. Popov, E. Fedorov, Konstantin Pravdin, M.A. Moskalenko</t>
   </si>
   <si>
     <t>73-80</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2021-12-1-73-80</t>
   </si>
   <si>
+    <t>Nonmagnetic impurities in skyrmion racetrack memory</t>
+  </si>
+  <si>
+    <t>628-635</t>
+  </si>
+  <si>
+    <t>10.17586/2220-8054-2020-11-6-628-635</t>
+  </si>
+  <si>
     <t>Machine learning method for computation of optimal transitions in magnetic nanosystems</t>
   </si>
   <si>
     <t>K.R. Bushuev, Igor Lobanov</t>
   </si>
   <si>
     <t>642-650</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2020-11-6-642-650</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.17586/2220-8054-2020-11-6-628-635</t>
   </si>
   <si>
     <t>Fine energy structure of a magnetic skyrmion localized on a nonmagnetic impurity in an external magnetic field</t>
   </si>
   <si>
     <t>Physics of Complex Systems</t>
   </si>
   <si>
     <t>165-168</t>
   </si>
   <si>
     <t>10.33910/2687-153x-2020-1-4-165-168</t>
   </si>
   <si>
     <t>Stability of in-plane and out-of-plane chiral skyrmions in epitaxial MnSi(111)/Si(111) thin films: Surface twists versus easy-plane anisotropy</t>
   </si>
   <si>
     <t>Andrey O. Leonov, Ivan M. Tambovtcev, Igor Lobanov, Valery Uzdin</t>
   </si>
   <si>
     <t>10.1103/physrevb.102.174415</t>
   </si>
   <si>
     <t>Stability of long-lived antiskyrmions in the Mn-Pt-Sn tetragonal Heusler material</t>
   </si>
@@ -1574,76 +1574,76 @@
         <v>98</v>
       </c>
       <c r="C27" t="s">
         <v>15</v>
       </c>
       <c r="D27">
         <v>12</v>
       </c>
       <c r="E27" t="s">
         <v>99</v>
       </c>
       <c r="F27">
         <v>2021</v>
       </c>
       <c r="G27" t="s">
         <v>100</v>
       </c>
       <c r="H27"/>
       <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>101</v>
       </c>
       <c r="B28" t="s">
-        <v>102</v>
+        <v>68</v>
       </c>
       <c r="C28" t="s">
         <v>15</v>
       </c>
       <c r="D28">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F28">
         <v>2020</v>
       </c>
       <c r="G28" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>104</v>
+      </c>
+      <c r="B29" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="C29" t="s">
         <v>15</v>
       </c>
       <c r="D29">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>106</v>
       </c>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
         <v>107</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>108</v>
       </c>
       <c r="B30" t="s">
         <v>68</v>