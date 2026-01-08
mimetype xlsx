--- v1 (2025-11-20)
+++ v2 (2026-01-08)
@@ -12,92 +12,122 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Swarmodroid &amp;amp; AMPy: Reconfigurable Bristle-Bots and Software Package for Robotic Active Matter Studies</t>
+  </si>
+  <si>
+    <t>Alexey Dmitriev, Vadim Porvatov, Alina Rozenblit, Mikhail Buzakov, Anastasiya Molodtsova, Daria Sennikova, Vyacheslav Smirnov, Oleg Burmistrov, Timur Karimov, Ekaterina Puhtina, Nikita Olekhno</t>
+  </si>
+  <si>
+    <t>IEEE Access</t>
+  </si>
+  <si>
+    <t>1-1</t>
+  </si>
+  <si>
+    <t>10.1109/access.2025.3640538</t>
+  </si>
+  <si>
     <t>Traffic Jam Formation in Swarms of Robots Moving Along a Circular Track with a Constriction</t>
   </si>
   <si>
     <t>Alina Rozenblit, Mikhail Buzakov, Anastasiya Molodtsova, Alexey Dmitriev, Nikita Olekhno</t>
   </si>
   <si>
     <t>2025 18th International Conference on Management of Large-Scale System Development (MLSD)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/mlsd65526.2025.11220665</t>
+  </si>
+  <si>
+    <t>Теоретическое описание фотонного топологического изолятора на основе кубической решетки из бианизотропных резонаторов</t>
+  </si>
+  <si>
+    <t>Алина Розенблит, Никита Олехно</t>
+  </si>
+  <si>
+    <t>Журнал технической физики</t>
+  </si>
+  <si>
+    <t>2277–2280</t>
+  </si>
+  <si>
+    <t>10.61011/JTF.2025.12.61773.226-25</t>
   </si>
   <si>
     <t>Micellization in active matter of asymmetric self-propelled particles: Experiments</t>
   </si>
   <si>
     <t>Anastasiya Molodtsova, Mikhail Buzakov, Oleg Burmistrov, Alina Rozenblit, Vyacheslav Smirnov, Daria Sennikova, Vadim Porvatov, Ekaterina Puhtina, Alexey Dmitriev, Nikita Olekhno</t>
   </si>
   <si>
     <t>Physical Review E</t>
   </si>
   <si>
     <t>10.1103/4yzc-ppgy</t>
   </si>
   <si>
     <t>Topological edge states in all-dielectric square-lattice arrays of bianisotropic microwave resonators</t>
   </si>
   <si>
     <t>Alina Rozenblit, Georgiy Kurganov, Dmitry Zhirihin, Nikita Olekhno</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.111.085415</t>
   </si>
@@ -560,63 +590,63 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I15"/>
+  <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="231.086" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="227.516" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -628,387 +658,441 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="H2"/>
-      <c r="I2"/>
+      <c r="H2">
+        <v>3.37</v>
+      </c>
+      <c r="I2">
+        <v>0.59</v>
+      </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3">
-[...2 lines deleted...]
-      <c r="E3"/>
+      <c r="D3"/>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="E4"/>
+        <v>95</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H4">
-        <v>4.04</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.7</v>
+      </c>
+      <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>26</v>
+      </c>
+      <c r="D5">
+        <v>111</v>
+      </c>
       <c r="E5"/>
       <c r="F5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-      <c r="I5"/>
+        <v>27</v>
+      </c>
+      <c r="H5">
+        <v>2.53</v>
+      </c>
+      <c r="I5">
+        <v>0.9</v>
+      </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D6">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="E6"/>
       <c r="F6">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H6">
-        <v>0.2</v>
+        <v>4.04</v>
       </c>
       <c r="I6">
-        <v>0.12</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="D8">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="E8"/>
+        <v>16</v>
+      </c>
+      <c r="E8" t="s">
+        <v>38</v>
+      </c>
       <c r="F8">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G8" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="H8">
-        <v>3.91</v>
+        <v>0.2</v>
       </c>
       <c r="I8">
-        <v>1.54</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>30</v>
+      </c>
+      <c r="D9">
+        <v>105</v>
+      </c>
       <c r="E9"/>
       <c r="F9">
         <v>2022</v>
       </c>
       <c r="G9" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-      <c r="I9"/>
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>3.91</v>
+      </c>
+      <c r="I9">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="D10">
-        <v>2086</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="E10"/>
       <c r="F10">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="H10"/>
+        <v>45</v>
+      </c>
+      <c r="H10">
+        <v>3.91</v>
+      </c>
       <c r="I10">
-        <v>0.21</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C11" t="s">
-        <v>42</v>
-[...6 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D11"/>
+      <c r="E11"/>
       <c r="F11">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H11"/>
-      <c r="I11">
-[...1 lines deleted...]
-      </c>
+      <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-      <c r="E12"/>
+        <v>52</v>
+      </c>
+      <c r="D12">
+        <v>2086</v>
+      </c>
+      <c r="E12" t="s">
+        <v>53</v>
+      </c>
       <c r="F12">
         <v>2021</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="H12"/>
-      <c r="I12"/>
+      <c r="I12">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D13">
-        <v>1695</v>
+        <v>2015</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="H13"/>
       <c r="I13">
-        <v>0.23</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
-[...6 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D14"/>
+      <c r="E14"/>
       <c r="F14">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H14"/>
-      <c r="I14">
-[...1 lines deleted...]
-      </c>
+      <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C15" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="D15">
-        <v>1</v>
+        <v>1695</v>
       </c>
       <c r="E15" t="s">
         <v>65</v>
       </c>
       <c r="F15">
         <v>2020</v>
       </c>
       <c r="G15" t="s">
         <v>66</v>
       </c>
-      <c r="H15">
+      <c r="H15"/>
+      <c r="I15">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16">
+        <v>2300</v>
+      </c>
+      <c r="E16" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16">
+        <v>2020</v>
+      </c>
+      <c r="G16" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" t="s">
+        <v>73</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17">
+        <v>1</v>
+      </c>
+      <c r="E17" t="s">
+        <v>75</v>
+      </c>
+      <c r="F17">
+        <v>2020</v>
+      </c>
+      <c r="G17" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17">
         <v>4.73</v>
       </c>
-      <c r="I15"/>
+      <c r="I17"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>