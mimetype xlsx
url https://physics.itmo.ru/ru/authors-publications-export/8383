--- v2 (2026-01-08)
+++ v3 (2026-02-18)
@@ -12,122 +12,149 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Helical metasurfaces based on topological surface states in three-dimensional photonic topological insulators</t>
+  </si>
+  <si>
+    <t>Dmitry Zhirihin, Mikhail Sidorenko, Alina Rozenblit, Georgiy Kurganov, Maxim Gorlach, Dmitry Filonov, Yuri Kivshar, Alexey Slobozhanyuk</t>
+  </si>
+  <si>
+    <t>Nature Materials</t>
+  </si>
+  <si>
+    <t>10.1038/s41563-026-02488-8</t>
+  </si>
+  <si>
+    <t>Topological Edge States in a Square Lattice of Dielectric Bianisotropic Resonators</t>
+  </si>
+  <si>
+    <t>Alina Rozenblit, Nikita Olekhno</t>
+  </si>
+  <si>
+    <t>2025 Photonics &amp;amp;amp; Electromagnetics Research Symposium - Spring (PIERS-Spring)</t>
+  </si>
+  <si>
+    <t>1-9</t>
+  </si>
+  <si>
+    <t>10.1109/piers-spring66516.2025.11276834</t>
+  </si>
+  <si>
     <t>Swarmodroid &amp;amp; AMPy: Reconfigurable Bristle-Bots and Software Package for Robotic Active Matter Studies</t>
   </si>
   <si>
     <t>Alexey Dmitriev, Vadim Porvatov, Alina Rozenblit, Mikhail Buzakov, Anastasiya Molodtsova, Daria Sennikova, Vyacheslav Smirnov, Oleg Burmistrov, Timur Karimov, Ekaterina Puhtina, Nikita Olekhno</t>
   </si>
   <si>
     <t>IEEE Access</t>
   </si>
   <si>
     <t>1-1</t>
   </si>
   <si>
     <t>10.1109/access.2025.3640538</t>
   </si>
   <si>
+    <t>Теоретическое описание фотонного топологического изолятора на основе кубической решетки из бианизотропных резонаторов</t>
+  </si>
+  <si>
+    <t>Алина Розенблит, Никита Олехно</t>
+  </si>
+  <si>
+    <t>Журнал технической физики</t>
+  </si>
+  <si>
+    <t>10.61011/JTF.2025.12.61773.226-25</t>
+  </si>
+  <si>
     <t>Traffic Jam Formation in Swarms of Robots Moving Along a Circular Track with a Constriction</t>
   </si>
   <si>
     <t>Alina Rozenblit, Mikhail Buzakov, Anastasiya Molodtsova, Alexey Dmitriev, Nikita Olekhno</t>
   </si>
   <si>
     <t>2025 18th International Conference on Management of Large-Scale System Development (MLSD)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/mlsd65526.2025.11220665</t>
   </si>
   <si>
-    <t>Теоретическое описание фотонного топологического изолятора на основе кубической решетки из бианизотропных резонаторов</t>
-[...7 lines deleted...]
-  <si>
     <t>2277–2280</t>
-  </si>
-[...1 lines deleted...]
-    <t>10.61011/JTF.2025.12.61773.226-25</t>
   </si>
   <si>
     <t>Micellization in active matter of asymmetric self-propelled particles: Experiments</t>
   </si>
   <si>
     <t>Anastasiya Molodtsova, Mikhail Buzakov, Oleg Burmistrov, Alina Rozenblit, Vyacheslav Smirnov, Daria Sennikova, Vadim Porvatov, Ekaterina Puhtina, Alexey Dmitriev, Nikita Olekhno</t>
   </si>
   <si>
     <t>Physical Review E</t>
   </si>
   <si>
     <t>10.1103/4yzc-ppgy</t>
   </si>
   <si>
     <t>Topological edge states in all-dielectric square-lattice arrays of bianisotropic microwave resonators</t>
   </si>
   <si>
     <t>Alina Rozenblit, Georgiy Kurganov, Dmitry Zhirihin, Nikita Olekhno</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.111.085415</t>
   </si>
@@ -590,509 +617,586 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I17"/>
+  <dimension ref="A1:I20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="231.086" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="227.516" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
-      <c r="E2" t="s">
+      <c r="E2"/>
+      <c r="F2">
+        <v>2026</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="F2">
-[...4 lines deleted...]
-      </c>
       <c r="H2">
-        <v>3.37</v>
+        <v>43.84</v>
       </c>
       <c r="I2">
-        <v>0.59</v>
+        <v>14.34</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4"/>
+      <c r="E4" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>0.7</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>3.37</v>
+      </c>
+      <c r="I4">
+        <v>0.59</v>
+      </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
         <v>24</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>25</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="E5"/>
+        <v>12</v>
+      </c>
+      <c r="E5">
+        <v>2277</v>
+      </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H5">
-        <v>2.53</v>
+        <v>0.65</v>
       </c>
       <c r="I5">
-        <v>0.9</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
         <v>28</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>29</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6"/>
+      <c r="E6" t="s">
         <v>30</v>
       </c>
-      <c r="D6">
-[...2 lines deleted...]
-      <c r="E6"/>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
-      <c r="H6">
-[...4 lines deleted...]
-      </c>
+      <c r="H6"/>
+      <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7">
+        <v>95</v>
+      </c>
+      <c r="E7" t="s">
         <v>32</v>
       </c>
-      <c r="B7" t="s">
-[...6 lines deleted...]
-      <c r="E7"/>
       <c r="F7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="H7"/>
+        <v>26</v>
+      </c>
+      <c r="H7">
+        <v>0.7</v>
+      </c>
       <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" t="s">
         <v>35</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8">
+        <v>111</v>
+      </c>
+      <c r="E8"/>
+      <c r="F8">
+        <v>2025</v>
+      </c>
+      <c r="G8" t="s">
         <v>36</v>
       </c>
-      <c r="C8" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H8">
-        <v>0.2</v>
+        <v>2.53</v>
       </c>
       <c r="I8">
-        <v>0.12</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B9" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C9" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D9">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="E9"/>
       <c r="F9">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H9">
-        <v>3.91</v>
+        <v>4.04</v>
       </c>
       <c r="I9">
-        <v>1.54</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
-[...6 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" t="s">
         <v>46</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11">
+        <v>16</v>
+      </c>
+      <c r="E11" t="s">
         <v>47</v>
       </c>
-      <c r="C11" t="s">
+      <c r="F11">
+        <v>2023</v>
+      </c>
+      <c r="G11" t="s">
         <v>48</v>
       </c>
-      <c r="D11"/>
-[...8 lines deleted...]
-      <c r="I11"/>
+      <c r="H11">
+        <v>0.2</v>
+      </c>
+      <c r="I11">
+        <v>0.12</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" t="s">
         <v>50</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12">
+        <v>105</v>
+      </c>
+      <c r="E12"/>
+      <c r="F12">
+        <v>2022</v>
+      </c>
+      <c r="G12" t="s">
         <v>51</v>
       </c>
-      <c r="C12" t="s">
-[...14 lines deleted...]
-      <c r="H12"/>
+      <c r="H12">
+        <v>3.91</v>
+      </c>
       <c r="I12">
-        <v>0.21</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B13" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="C13" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="D13">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="E13"/>
       <c r="F13">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G13" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="H13"/>
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>3.91</v>
+      </c>
       <c r="I13">
-        <v>0.21</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B14" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C14" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G14" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" t="s">
+        <v>60</v>
+      </c>
+      <c r="C15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15">
+        <v>2086</v>
+      </c>
+      <c r="E15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15">
+        <v>2021</v>
+      </c>
+      <c r="G15" t="s">
         <v>63</v>
-      </c>
-[...16 lines deleted...]
-        <v>66</v>
       </c>
       <c r="H15"/>
       <c r="I15">
-        <v>0.23</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" t="s">
+        <v>65</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16">
+        <v>2015</v>
+      </c>
+      <c r="E16" t="s">
+        <v>66</v>
+      </c>
+      <c r="F16">
+        <v>2021</v>
+      </c>
+      <c r="G16" t="s">
         <v>67</v>
-      </c>
-[...16 lines deleted...]
-        <v>71</v>
       </c>
       <c r="H16"/>
       <c r="I16">
-        <v>0.19</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>68</v>
+      </c>
+      <c r="B17" t="s">
+        <v>69</v>
+      </c>
+      <c r="C17" t="s">
+        <v>70</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17"/>
+      <c r="F17">
+        <v>2021</v>
+      </c>
+      <c r="G17" t="s">
+        <v>71</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
         <v>72</v>
       </c>
-      <c r="B17" t="s">
+      <c r="B18" t="s">
         <v>73</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18">
+        <v>1695</v>
+      </c>
+      <c r="E18" t="s">
         <v>74</v>
       </c>
-      <c r="D17">
+      <c r="F18">
+        <v>2020</v>
+      </c>
+      <c r="G18" t="s">
+        <v>75</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" t="s">
+        <v>76</v>
+      </c>
+      <c r="B19" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" t="s">
+        <v>78</v>
+      </c>
+      <c r="D19">
+        <v>2300</v>
+      </c>
+      <c r="E19" t="s">
+        <v>79</v>
+      </c>
+      <c r="F19">
+        <v>2020</v>
+      </c>
+      <c r="G19" t="s">
+        <v>80</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" t="s">
+        <v>82</v>
+      </c>
+      <c r="C20" t="s">
+        <v>83</v>
+      </c>
+      <c r="D20">
         <v>1</v>
       </c>
-      <c r="E17" t="s">
-[...2 lines deleted...]
-      <c r="F17">
+      <c r="E20" t="s">
+        <v>84</v>
+      </c>
+      <c r="F20">
         <v>2020</v>
       </c>
-      <c r="G17" t="s">
-[...2 lines deleted...]
-      <c r="H17">
+      <c r="G20" t="s">
+        <v>85</v>
+      </c>
+      <c r="H20">
         <v>4.73</v>
       </c>
-      <c r="I17"/>
+      <c r="I20"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>