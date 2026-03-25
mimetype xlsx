--- v1 (2025-12-02)
+++ v2 (2026-03-25)
@@ -41,93 +41,93 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Distance Determination of Active Tag Location in the Near Field of Two Coils on NFC Standard Frequency</t>
+  </si>
+  <si>
+    <t>Julia Grigorovich, Sergey Geyman, Ildar Yusupov, Mikhail Udrov</t>
+  </si>
+  <si>
+    <t>2024 Antennas Design and Measurement International Conference (ADMInC)</t>
+  </si>
+  <si>
+    <t>26-29</t>
+  </si>
+  <si>
+    <t>10.1109/adminc63617.2024.10775556</t>
+  </si>
+  <si>
     <t>Two-Dimensional Near-Field Localization of Active Tag in the NFC Frequency Range</t>
   </si>
   <si>
     <t>Sergey Geyman, Julia Grigorovich, Ildar Yusupov, Mikhail Udrov</t>
   </si>
   <si>
-    <t>2024 Antennas Design and Measurement International Conference (ADMInC)</t>
-[...1 lines deleted...]
-  <si>
     <t>23-25</t>
   </si>
   <si>
     <t>10.1109/adminc63617.2024.10775366</t>
   </si>
   <si>
-    <t>Distance Determination of Active Tag Location in the Near Field of Two Coils on NFC Standard Frequency</t>
-[...10 lines deleted...]
-  <si>
     <t>Quasi-BIC realized in a subwavelength volumetric split ring-based resonator</t>
   </si>
   <si>
     <t>Sergey Geyman, Viktor Puchnin, Alexey Slobozhanyuk, Mikhail Rybin, Alena Shchelokova</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0237363</t>
   </si>
   <si>
     <t>Long-range over-a-meter NFC link budget with distributed large-area coils</t>
   </si>
   <si>
-    <t>Anton Kharchevskii, Ildar Yusupov, Dmitry Dobrykh, Mikhail Udrov, Sergey Geyman,  Юлия Григорович, Aleksandr Zolotarev, Mikhail Sidorenko, Irina Melchakova, Anna Mikhailovskaya, Pavel Ginzburg</t>
+    <t>Anton Kharchevskii, Ildar Yusupov, Dmitry Dobrykh, Mikhail Udrov, Sergey Geyman, Julia Grigorovich, Aleksandr Zolotarev, Mikhail Sidorenko, Irina Melchakova, Anna Mikhailovskaya, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101327</t>
   </si>
   <si>
     <t>Increasing the Near-Field Interaction of a Flat Spiral Coil by Optimizing the Distribution of Currents in its Turns</t>
   </si>
   <si>
     <t>2023 Antennas Design and Measurement International Conference (ADMInC)</t>
   </si>
   <si>
     <t>89-92</t>
   </si>
   <si>
     <t>10.1109/adminc59462.2023.10335437</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -458,51 +458,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="136.681" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="228.801" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -604,51 +604,51 @@
       </c>
       <c r="D5">
         <v>63</v>
       </c>
       <c r="E5">
         <v>101327</v>
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5">
         <v>3.01</v>
       </c>
       <c r="I5">
         <v>0.55</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
         <v>28</v>
       </c>
       <c r="F6">
         <v>2023</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>