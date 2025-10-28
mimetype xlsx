--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -80,69 +80,69 @@
   <si>
     <t>Spectral physical unclonable functions: downscaling randomness with multi-resonant hybrid particles</t>
   </si>
   <si>
     <t>Martin Sandomirskii, Elena Petrova, Pavel Kustov, Lev Chizhov, Artem Larin, Stephanie Bruyere, Vitaly Yaroshenko, Eduard Ageev, Pavel Belov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-025-60121-9</t>
   </si>
   <si>
     <t>On-chip fabrication of calcium carbonate nanoparticles loaded with various compounds using microfluidic approach</t>
   </si>
   <si>
     <t>Konstantin Arabuli, Elena Kopoleva, Anas Akenoun, Lidia Mikhailova, Elena Petrova, Albert R. Muslimov, Dina A. Senichkina, Sergey Tsymbal, Alena I. Shakirova, Alexander I. Ignatiev, Kirill V. Lepik, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Biomaterials Advances</t>
   </si>
   <si>
     <t>10.1016/j.bioadv.2024.213904</t>
   </si>
   <si>
+    <t>Femtosecond Direct Laser Writing on Bi-Layer Gold-Silicon Films for Hidden Data Storage and Random Key Generation</t>
+  </si>
+  <si>
+    <t>Мартин Сандомирский, Екатерина Понкратова, Елена Петрова, Павел Кустов, Артем Ларин, Эдуард Агеев, Дмитрий Зуев</t>
+  </si>
+  <si>
+    <t>2023 IEEE 23rd International Conference on Nanotechnology (NANO)</t>
+  </si>
+  <si>
+    <t>10.1109/nano58406.2023.10231269</t>
+  </si>
+  <si>
     <t>Multiphoton Luminescence in Resonant Silicon Nanoparticles for Physically Unclonable Anticounterfeiting Labels</t>
   </si>
   <si>
     <t>Elena Petrova, Pavel Kustov, Martin Sandomirskii, Yali Sun, Dmitry Zuev</t>
   </si>
   <si>
-    <t>2023 IEEE 23rd International Conference on Nanotechnology (NANO)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/nano58406.2023.10231179</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/nano58406.2023.10231269</t>
   </si>
   <si>
     <t>Single-step lithography-free fabrication of nanoscale broadband radiation sources</t>
   </si>
   <si>
     <t>Eduard Ageev, Sergej Koromyslov, M.A. Gremilov, Elena Petrova, Ivan Shishkin, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nanosystems: Physics, Chemistry, Mathematics</t>
   </si>
   <si>
     <t>349-353</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2023-14-3-349-353</t>
   </si>
   <si>
     <t>All-dielectric silicon nanoparticles on flexible substrate for anticounterfeiting labels</t>
   </si>
   <si>
     <t>Pavel Kustov, Elena Petrova, Martin Sandomirskii, Dmitry Zuev</t>
   </si>
   <si>
     <t>2022 Sixteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>