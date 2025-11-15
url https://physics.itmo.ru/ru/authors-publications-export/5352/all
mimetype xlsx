--- v0 (2025-10-06)
+++ v1 (2025-11-15)
@@ -83,69 +83,69 @@
   <si>
     <t>Martin Sandomirskii, Elena Petrova, Pavel Kustov, Lev Chizhov, Artem Larin, Stephanie Bruyere, Vitaly Yaroshenko, Eduard Ageev, Pavel Belov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-025-60121-9</t>
   </si>
   <si>
     <t>IR Hidden Patterns for Security Labels</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Artem Larin, Sergey Syubaev, Ivan Vazhenin, Pavel Kustov, Dmitriy Dolgintsev, Eduard Ageev, Stanislav Gurbatov, Alina Maksimova, Kristina Novikova, Sergey Babin, Aleksey Kozlov, Alexandr Dostovalov, Aleksandr Kuchmizhak, Dmitry Zuev</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>9714-9722</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.4c02051</t>
   </si>
   <si>
+    <t>Multiphoton Luminescence in Resonant Silicon Nanoparticles for Physically Unclonable Anticounterfeiting Labels</t>
+  </si>
+  <si>
+    <t>Elena Petrova, Pavel Kustov, Martin Sandomirskii, Yali Sun, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>2023 IEEE 23rd International Conference on Nanotechnology (NANO)</t>
+  </si>
+  <si>
+    <t>10.1109/nano58406.2023.10231179</t>
+  </si>
+  <si>
     <t>Femtosecond Direct Laser Writing on Bi-Layer Gold-Silicon Films for Hidden Data Storage and Random Key Generation</t>
   </si>
   <si>
     <t>Мартин Сандомирский, Екатерина Понкратова, Елена Петрова, Павел Кустов, Артем Ларин, Эдуард Агеев, Дмитрий Зуев</t>
   </si>
   <si>
-    <t>2023 IEEE 23rd International Conference on Nanotechnology (NANO)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/nano58406.2023.10231269</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1109/nano58406.2023.10231179</t>
   </si>
   <si>
     <t>Active Erbium‐Doped Silicon Nanoantenna</t>
   </si>
   <si>
     <t>Vitaly Yaroshenko, Marina Obramenko, Anna Dyatlovich, Pavel Kustov, Alexander Gudovskikh, Aleksandr Goltaev, Ivan Mukhin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202200661</t>
   </si>
   <si>
     <t>All-dielectric silicon nanoparticles on flexible substrate for anticounterfeiting labels</t>
   </si>
   <si>
     <t>Pavel Kustov, Elena Petrova, Martin Sandomirskii, Dmitry Zuev</t>
   </si>
   <si>
     <t>2022 Sixteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials54993.2022.9920716</t>
   </si>