--- v1 (2025-11-19)
+++ v2 (2026-03-03)
@@ -12,79 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Fiber-Integrated Metal–Organic Framework Nanosheets for Light Emission and Microendoscopy</t>
+  </si>
+  <si>
+    <t>Pavel Alekseevskiy, Anastasia Efimova, Svyatoslav Povarov, Nikolaj Zhestkij, Pavel A. Demakov, Nikita Burzak, Vyacheslav A. Dyachuk, Vladimir P. Fedin, Andrei S. Potapov, Xiaolin Yu, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>ACS Applied Nano Materials</t>
+  </si>
+  <si>
+    <t>10.1021/acsanm.5c04932</t>
+  </si>
+  <si>
     <t>Topological Design of Pyrene‐Based Metal‐Organic Framework Nanosheets as a Luminescent Thermometer for Live Bioimaging</t>
   </si>
   <si>
     <t>Maria Timofeeva, Yuliya Kenzhebayeva, Pavel Alekseevskiy, Anastasia Efimova, Artem Abramov, Sergei Shipilovskikh, Alexander S. Novikov, Nikolay V. Somov, Dmitry I. Pavlov, Xiaolin Yu, Andrei S. Potapov, Pascal Boulet, Nikita Burzak, Aleksandra R. Knyazeva, Nan Li, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202425904</t>
   </si>
   <si>
     <t>Ultrathin Lanthanide‐Based Metal‐Organic Nanosheets with Thickness‐ and Temperature‐Driven Light Emission</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Xiaolin Yu, Anastasia Efimova, Nikolaj Zhestkij, Yuri Mezenov, Yuliya Kenzhebayeva, Svyatoslav Povarov, Anastasiia Liubimova, Semyon Bachinin, Evgeniia Stepanidenko, Vyacheslav Dyachuk, Nan Li, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>Laser &amp;amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202401912</t>
   </si>
   <si>
     <t>Transformation of 3D Metal–Organic Frameworks into Nanosheets with Enhanced Memristive Behavior for Electronic Data Processing</t>
@@ -189,53 +201,50 @@
     <t>Yuri Mezenov, Stephanie Bruyere, Andrey Krasilin, Ekaterina Khrapova, Semyon Bachinin, Pavel Alekseevskiy, Sergei Shipilovskikh, Pascal Boulet, Sebastien Hupont, Alexandre Nomine, Brigitte Vigolo, Alexander S. Novikov, Thierry Belmonte, Valentin Milichko</t>
   </si>
   <si>
     <t>Inorganic Chemistry</t>
   </si>
   <si>
     <t>13992-14003</t>
   </si>
   <si>
     <t>10.1021/acs.inorgchem.2c01978</t>
   </si>
   <si>
     <t>Large scale application of triphenylphosphine oxide thin films for a modified catalytic Appel reaction</t>
   </si>
   <si>
     <t>Maria Timofeeva, Pavel Alekseevskiy, Daria A. Shipilovskikh, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2022.101026</t>
   </si>
   <si>
     <t>Hierarchical Hexagonal Boron Nitride Nanowall-Decorated Silicon Nanoparticles for Tunable Ink-Free Coloring</t>
   </si>
   <si>
     <t>Louise-Eugénie Bataille, Ivan S. Merenkov, Vitaly Yaroshenko, Pavel Kustov, Pavel Alekseevskiy, Nikita Kulachenkov, Yuliya Kenzhebayeva, Roman Savelev, Dmitry Zuev, Alexandre Nomine, Julien Zollinger, Anna A. Voroshnina, Marina L. Kosinova, Valentin Milichko</t>
-  </si>
-[...1 lines deleted...]
-    <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>6106-6114</t>
   </si>
   <si>
     <t>10.1021/acsanm.1c04308</t>
   </si>
   <si>
     <t>Flexible Metal‐Organic Framework for Mechanical Sub Tbyte inch            −2            Data Recording under Ambient Condition</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Sergei Rzhevskii, Venera Gilemkhanova, Nikita Kulachenkov, A. Sapianik, M. Barsukova, V. P. Fedin, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Materials Interfaces</t>
   </si>
   <si>
     <t>10.1002/admi.202101196</t>
   </si>
   <si>
     <t>Sonication of 2D metal-organic framework for atomic force microscopy</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Andrei Yankin, Marina O. Barsukova, Valentin Milichko</t>
   </si>
@@ -584,51 +593,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I17"/>
+  <dimension ref="A1:I18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="452.889" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -645,464 +654,489 @@
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>18.81</v>
+        <v>5.64</v>
       </c>
       <c r="I2">
-        <v>6.07</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>13.14</v>
+        <v>18.81</v>
       </c>
       <c r="I3">
-        <v>3.78</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4">
-        <v>16.81</v>
+        <v>13.14</v>
       </c>
       <c r="I4">
-        <v>5.39</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="D5">
-[...4 lines deleted...]
-      </c>
+      <c r="D5"/>
+      <c r="E5"/>
       <c r="F5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>24</v>
       </c>
       <c r="H5">
-        <v>3.08</v>
+        <v>16.81</v>
       </c>
       <c r="I5">
-        <v>0.6</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6" t="s">
         <v>26</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="E6"/>
+        <v>154</v>
+      </c>
+      <c r="E6">
+        <v>115666</v>
+      </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="H6">
-        <v>7.5</v>
+        <v>3.08</v>
       </c>
       <c r="I6">
-        <v>2.13</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
-      <c r="D7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D7">
+        <v>5</v>
+      </c>
+      <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>32</v>
       </c>
-      <c r="H7"/>
-      <c r="I7"/>
+      <c r="H7">
+        <v>7.5</v>
+      </c>
+      <c r="I7">
+        <v>2.13</v>
+      </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="D8"/>
-      <c r="E8"/>
+      <c r="E8">
+        <v>112</v>
+      </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>35</v>
-[...6 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="D9"/>
-      <c r="E9">
-[...1 lines deleted...]
-      </c>
+      <c r="E9"/>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>39</v>
       </c>
       <c r="H9">
-        <v>3.16</v>
+        <v>19.92</v>
       </c>
       <c r="I9">
-        <v>0.47</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>
       <c r="C10" t="s">
         <v>42</v>
       </c>
       <c r="D10"/>
-      <c r="E10"/>
+      <c r="E10">
+        <v>101225</v>
+      </c>
       <c r="F10">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>43</v>
       </c>
       <c r="H10">
-        <v>15.37</v>
+        <v>3.16</v>
       </c>
       <c r="I10">
-        <v>3.63</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>44</v>
       </c>
       <c r="B11" t="s">
         <v>45</v>
       </c>
       <c r="C11" t="s">
         <v>46</v>
       </c>
-      <c r="D11">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="D11"/>
+      <c r="E11"/>
+      <c r="F11">
+        <v>2023</v>
+      </c>
+      <c r="G11" t="s">
         <v>47</v>
       </c>
-      <c r="F11">
-[...4 lines deleted...]
-      </c>
       <c r="H11">
-        <v>12.26</v>
+        <v>15.37</v>
       </c>
       <c r="I11">
-        <v>3.76</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" t="s">
         <v>49</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>50</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12">
+        <v>22</v>
+      </c>
+      <c r="E12" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="F12">
         <v>2022</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="H12">
-        <v>5.44</v>
+        <v>12.26</v>
       </c>
       <c r="I12">
-        <v>1.12</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" t="s">
         <v>54</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>55</v>
       </c>
-      <c r="C13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>101026</v>
+        <v>61</v>
+      </c>
+      <c r="E13" t="s">
+        <v>56</v>
       </c>
       <c r="F13">
         <v>2022</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H13">
-        <v>3.01</v>
+        <v>5.44</v>
       </c>
       <c r="I13">
-        <v>0.55</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="D14">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>50</v>
+      </c>
+      <c r="E14">
+        <v>101026</v>
       </c>
       <c r="F14">
         <v>2022</v>
       </c>
       <c r="G14" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H14">
-        <v>6.14</v>
+        <v>3.01</v>
       </c>
       <c r="I14">
-        <v>1.18</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" t="s">
         <v>62</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15">
+        <v>5</v>
+      </c>
+      <c r="E15" t="s">
         <v>63</v>
       </c>
-      <c r="C15" t="s">
+      <c r="F15">
+        <v>2022</v>
+      </c>
+      <c r="G15" t="s">
         <v>64</v>
       </c>
-      <c r="D15"/>
-[...8 lines deleted...]
-      </c>
       <c r="H15">
-        <v>6.39</v>
+        <v>6.14</v>
       </c>
       <c r="I15">
-        <v>1.42</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" t="s">
         <v>66</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>67</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16"/>
+      <c r="E16">
+        <v>2101196</v>
+      </c>
+      <c r="F16">
+        <v>2021</v>
+      </c>
+      <c r="G16" t="s">
         <v>68</v>
       </c>
-      <c r="D16">
-[...11 lines deleted...]
-      <c r="H16"/>
+      <c r="H16">
+        <v>6.39</v>
+      </c>
       <c r="I16">
-        <v>0.19</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
+        <v>69</v>
+      </c>
+      <c r="B17" t="s">
+        <v>70</v>
+      </c>
+      <c r="C17" t="s">
         <v>71</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17">
+        <v>2300</v>
+      </c>
+      <c r="E17" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>1036</v>
       </c>
       <c r="F17">
         <v>2020</v>
       </c>
       <c r="G17" t="s">
+        <v>73</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
         <v>74</v>
       </c>
-      <c r="H17">
+      <c r="B18" t="s">
+        <v>75</v>
+      </c>
+      <c r="C18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18">
+        <v>10</v>
+      </c>
+      <c r="E18">
+        <v>1036</v>
+      </c>
+      <c r="F18">
+        <v>2020</v>
+      </c>
+      <c r="G18" t="s">
+        <v>77</v>
+      </c>
+      <c r="H18">
         <v>5.08</v>
       </c>
-      <c r="I17">
+      <c r="I18">
         <v>0.92</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>