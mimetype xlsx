--- v1 (2025-11-26)
+++ v2 (2026-03-17)
@@ -146,51 +146,51 @@
   <si>
     <t>Anna M. Cheranyova, Lev Zelenkov, Sergey V. Baykov, Yulia A. Izotova, Daniil M. Ivanov, Nadezhda A. Bokach, Vadim Yu. Kukushkin</t>
   </si>
   <si>
     <t>Inorganic Chemistry</t>
   </si>
   <si>
     <t>10.1021/acs.inorgchem.4c01570</t>
   </si>
   <si>
     <t>Lead‐Free Halide Perovskite Nanoparticles for Up‐Conversion Lasing and Efficient Second Harmonic Generation</t>
   </si>
   <si>
     <t>Stepan Ilin, Daria Khmelevskaia, Anna Nikolaeva, George M. Maragkakis, Sotiris Psilodimitrakopoulos, Leonidas Mouchliadis, Pavel Talianov, Soslan Khubezhov, Emmanuel Stratakis, Lev Zelenkov, Sergey Makarov</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202400170</t>
   </si>
   <si>
     <t>Highly luminescent polyfluorene-based composite with CsPbX3 perovskite nanocrystals for light-emitting devices</t>
   </si>
   <si>
-    <t>Maria Sandzhieva, Lev Zelenkov, Leonid Otpushchennikov, S. Miltsov, E.V. Zhukova, L.S. Litvinova, Sergey  Cherevkov, Irina Sevastianova, Dmitry Shestakov, A.V. Yakimansky, Sergey Makarov</t>
+    <t>Maria Sandzhieva, Lev Zelenkov, Leonid Otpushchennikov, S. Miltsov, E.V. Zhukova, L.S. Litvinova, Sergey  Cherevkov, Irina Danilovskaya (Sevastianova), Dmitry Shestakov, A.V. Yakimansky, Sergey Makarov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101239</t>
   </si>
   <si>
     <t>Transparent light-emitting electrochemical cells with acid treated multi-wall carbon nanotubes as a top electrode</t>
   </si>
   <si>
     <t>Elena  Bodyago, Dmitry Gets, Daniil Ryabov, Lev Zelenkov, Sergey Makarov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>Journal of Alloys and Compounds</t>
   </si>
   <si>
     <t>10.1016/j.jallcom.2023.172201</t>
   </si>
   <si>
     <t>Bright and Stable Perovskite Nanocrystals Lighted Up Remotely by Means of Wireless Power Transfer</t>
   </si>
   <si>
     <t>Lev Zelenkov, Pavel Smirnov, Georgii Baranov, Altana Tsyrinova, Stepan Ilin, Eduard Danilovskiy, Sergey Makarov, Polina Kapitanova</t>
   </si>
@@ -548,75 +548,75 @@
   <si>
     <t>Chemistry of Heterocyclic Compounds</t>
   </si>
   <si>
     <t>295-298</t>
   </si>
   <si>
     <t>10.1007/s10593-015-1698-1</t>
   </si>
   <si>
     <t>Phenyl(fluoro)dichlorosilane: A new synthon for the preparation of compounds containing chiral silicon atom</t>
   </si>
   <si>
     <t>S. V. Basenko, M. G. Voronkov, Lev Zelenkov, A. I. Albanov</t>
   </si>
   <si>
     <t>Doklady Chemistry</t>
   </si>
   <si>
     <t>219-222</t>
   </si>
   <si>
     <t>10.1134/s0012500811080015</t>
   </si>
   <si>
+    <t>Phenylhalosilazanes</t>
+  </si>
+  <si>
+    <t>S. V. Basenko, Lev Zelenkov, M. G. Voronkov, A. I. Albanov</t>
+  </si>
+  <si>
+    <t>Russian Journal of General Chemistry</t>
+  </si>
+  <si>
+    <t>2493-2497</t>
+  </si>
+  <si>
+    <t>10.1134/s1070363211120127</t>
+  </si>
+  <si>
     <t>Phenyl(acyloxy)fluorosilanes C6H5Si(OCOR) n F3−n (n = 1, 2) and phenyl(acyloxy)fluorochlorosilanes C6H5Si(OCOR)FCl</t>
   </si>
   <si>
     <t>S. V. Basenko, Lev Zelenkov, M. G. Voronkov, A. I. Albanov, D. A. Shabalin</t>
   </si>
   <si>
-    <t>Russian Journal of General Chemistry</t>
-[...1 lines deleted...]
-  <si>
     <t>2487-2489</t>
   </si>
   <si>
     <t>10.1134/s1070363211120103</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1134/s1070363211120127</t>
   </si>
   <si>
     <t>Phenyl(fluoro)chlorodisiloxanes</t>
   </si>
   <si>
     <t>242-244</t>
   </si>
   <si>
     <t>10.1134/s107036321002009x</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2151,51 +2151,51 @@
       </c>
       <c r="D44">
         <v>81</v>
       </c>
       <c r="E44" t="s">
         <v>185</v>
       </c>
       <c r="F44">
         <v>2011</v>
       </c>
       <c r="G44" t="s">
         <v>186</v>
       </c>
       <c r="H44">
         <v>0.47</v>
       </c>
       <c r="I44">
         <v>0.2</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>187</v>
       </c>
       <c r="B45" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="C45" t="s">
         <v>180</v>
       </c>
       <c r="D45">
         <v>80</v>
       </c>
       <c r="E45" t="s">
         <v>188</v>
       </c>
       <c r="F45">
         <v>2010</v>
       </c>
       <c r="G45" t="s">
         <v>189</v>
       </c>
       <c r="H45">
         <v>0.39</v>
       </c>
       <c r="I45">
         <v>0.18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>