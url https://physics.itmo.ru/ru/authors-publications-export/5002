--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -12,79 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Heterostructured perovskite nanocrystals for water stable plasmon-enhanced photoelectrocatalysis</t>
+  </si>
+  <si>
+    <t>Yuan Yuan, Anastasiia P. Dmitrieva, Stepan Pozdnyakov, Lev Zelenkov, Pavel Krasnov, Yangyang Ju, Ruslan Azizov, Ivan V. Moskalenko, Elena F. Krivoshapkina, Pavel V. Krivoshapkin, Pavel Talianov, Sergey Makarov, Soslan A. Khubezhov</t>
+  </si>
+  <si>
+    <t>Light: Advanced Manufacturing</t>
+  </si>
+  <si>
+    <t>10.37188/lam.2025.080</t>
+  </si>
+  <si>
     <t>Template-Assisted Synthesis of CsPbBr3 Nanocrystals with a Humidity-Induced Fluorescent Response: Mechanism and Sensing Applications</t>
   </si>
   <si>
     <t>Pavel Talianov, Daria Mikushina, Sergei Rzhevskii, Konstantin Arabuli, Lev Zelenkov, Soslan Khubezhov, Lev Logunov, Dmitry Gets,  Oleksii O. Peltek, Mikhail Zyuzin, Sergey Makarov</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>4205-4213</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.5c00151</t>
   </si>
   <si>
     <t>Fluorescent Sensing for the Detection and Quantification of Sulfur-Containing Gases</t>
   </si>
   <si>
     <t>Kehang Wang, Chenghao Bi, Lev Zelenkov, Xiuzhen Liu, Mingzhao Song, Wenxin Wang, Sergey Makarov, Wenping Yin</t>
   </si>
   <si>
     <t>ACS Sensors</t>
   </si>
   <si>
     <t>5708-5727</t>
@@ -536,75 +548,75 @@
   <si>
     <t>Chemistry of Heterocyclic Compounds</t>
   </si>
   <si>
     <t>295-298</t>
   </si>
   <si>
     <t>10.1007/s10593-015-1698-1</t>
   </si>
   <si>
     <t>Phenyl(fluoro)dichlorosilane: A new synthon for the preparation of compounds containing chiral silicon atom</t>
   </si>
   <si>
     <t>S. V. Basenko, M. G. Voronkov, Lev Zelenkov, A. I. Albanov</t>
   </si>
   <si>
     <t>Doklady Chemistry</t>
   </si>
   <si>
     <t>219-222</t>
   </si>
   <si>
     <t>10.1134/s0012500811080015</t>
   </si>
   <si>
+    <t>Phenylhalosilazanes</t>
+  </si>
+  <si>
+    <t>S. V. Basenko, Lev Zelenkov, M. G. Voronkov, A. I. Albanov</t>
+  </si>
+  <si>
+    <t>Russian Journal of General Chemistry</t>
+  </si>
+  <si>
+    <t>2493-2497</t>
+  </si>
+  <si>
+    <t>10.1134/s1070363211120127</t>
+  </si>
+  <si>
     <t>Phenyl(acyloxy)fluorosilanes C6H5Si(OCOR) n F3−n (n = 1, 2) and phenyl(acyloxy)fluorochlorosilanes C6H5Si(OCOR)FCl</t>
   </si>
   <si>
     <t>S. V. Basenko, Lev Zelenkov, M. G. Voronkov, A. I. Albanov, D. A. Shabalin</t>
   </si>
   <si>
-    <t>Russian Journal of General Chemistry</t>
-[...1 lines deleted...]
-  <si>
     <t>2487-2489</t>
   </si>
   <si>
     <t>10.1134/s1070363211120103</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1134/s1070363211120127</t>
   </si>
   <si>
     <t>Phenyl(fluoro)chlorodisiloxanes</t>
   </si>
   <si>
     <t>242-244</t>
   </si>
   <si>
     <t>10.1134/s107036321002009x</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -917,51 +929,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I44"/>
+  <dimension ref="A1:I45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -976,1205 +988,1234 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>6</v>
+      </c>
+      <c r="E2">
+        <v>1</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H2">
-        <v>6.89</v>
+        <v>9.44</v>
       </c>
       <c r="I2">
-        <v>1.85</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
         <v>16</v>
       </c>
-      <c r="D3">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F3">
+        <v>2025</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="F3">
-[...4 lines deleted...]
-      </c>
       <c r="H3">
-        <v>8.57</v>
+        <v>6.89</v>
       </c>
       <c r="I3">
-        <v>2.06</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4">
+        <v>9</v>
+      </c>
+      <c r="E4" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>172114</v>
       </c>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2.97</v>
+        <v>8.57</v>
       </c>
       <c r="I4">
-        <v>0.48</v>
+        <v>2.06</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
-      <c r="D5"/>
+      <c r="D5">
+        <v>319</v>
+      </c>
       <c r="E5">
-        <v>124957</v>
+        <v>172114</v>
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
-        <v>3.2</v>
+        <v>2.97</v>
       </c>
       <c r="I5">
-        <v>0.6</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>29</v>
       </c>
-      <c r="D6">
-[...2 lines deleted...]
-      <c r="E6"/>
+      <c r="D6"/>
+      <c r="E6">
+        <v>124957</v>
+      </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
       <c r="H6">
-        <v>8.45</v>
+        <v>3.2</v>
       </c>
       <c r="I6">
-        <v>2.72</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
-      <c r="D7"/>
+      <c r="D7">
+        <v>0</v>
+      </c>
       <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
       <c r="H7">
-        <v>4.3</v>
+        <v>8.45</v>
       </c>
       <c r="I7">
-        <v>0.93</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
       <c r="C8" t="s">
         <v>37</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="H8">
-        <v>9.93</v>
+        <v>4.3</v>
       </c>
       <c r="I8">
-        <v>2.89</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9"/>
-      <c r="E9">
-[...1 lines deleted...]
-      </c>
+      <c r="E9"/>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
       <c r="H9">
-        <v>3.16</v>
+        <v>9.93</v>
       </c>
       <c r="I9">
-        <v>0.47</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>44</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
-      <c r="D10">
-[...1 lines deleted...]
-      </c>
+      <c r="D10"/>
       <c r="E10">
-        <v>172201</v>
+        <v>101239</v>
       </c>
       <c r="F10">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>46</v>
       </c>
-      <c r="H10"/>
-      <c r="I10"/>
+      <c r="H10">
+        <v>3.16</v>
+      </c>
+      <c r="I10">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>48</v>
       </c>
       <c r="C11" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="E11"/>
+        <v>49</v>
+      </c>
+      <c r="D11">
+        <v>968</v>
+      </c>
+      <c r="E11">
+        <v>172201</v>
+      </c>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
-[...6 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2023</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H12">
-        <v>10.05</v>
+        <v>9.93</v>
       </c>
       <c r="I12">
-        <v>2.41</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D13"/>
       <c r="E13"/>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13" t="s">
         <v>56</v>
       </c>
       <c r="H13">
-        <v>2.31</v>
+        <v>10.05</v>
       </c>
       <c r="I13">
-        <v>0.41</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>57</v>
       </c>
       <c r="B14" t="s">
         <v>58</v>
       </c>
       <c r="C14" t="s">
         <v>59</v>
       </c>
-      <c r="D14"/>
+      <c r="D14">
+        <v>8</v>
+      </c>
       <c r="E14"/>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
         <v>60</v>
       </c>
       <c r="H14">
-        <v>8.31</v>
+        <v>2.31</v>
       </c>
       <c r="I14">
-        <v>1.74</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>61</v>
       </c>
       <c r="B15" t="s">
         <v>62</v>
       </c>
       <c r="C15" t="s">
         <v>63</v>
       </c>
-      <c r="D15">
-[...4 lines deleted...]
-      </c>
+      <c r="D15"/>
+      <c r="E15"/>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="H15"/>
+        <v>64</v>
+      </c>
+      <c r="H15">
+        <v>8.31</v>
+      </c>
       <c r="I15">
-        <v>0.23</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" t="s">
         <v>66</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>67</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16">
+        <v>86</v>
+      </c>
+      <c r="E16" t="s">
         <v>68</v>
       </c>
-      <c r="D16"/>
-[...2 lines deleted...]
-      </c>
       <c r="F16">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G16" t="s">
         <v>69</v>
       </c>
-      <c r="H16">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
       <c r="I16">
-        <v>3.17</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>70</v>
       </c>
       <c r="B17" t="s">
         <v>71</v>
       </c>
       <c r="C17" t="s">
         <v>72</v>
       </c>
-      <c r="D17">
-[...1 lines deleted...]
-      </c>
+      <c r="D17"/>
       <c r="E17">
-        <v>11870</v>
+        <v>2200295</v>
       </c>
       <c r="F17">
         <v>2022</v>
       </c>
       <c r="G17" t="s">
         <v>73</v>
       </c>
       <c r="H17">
-        <v>6.21</v>
+        <v>10.95</v>
       </c>
       <c r="I17">
-        <v>1.18</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>74</v>
       </c>
       <c r="B18" t="s">
         <v>75</v>
       </c>
       <c r="C18" t="s">
         <v>76</v>
       </c>
-      <c r="D18"/>
-      <c r="E18"/>
+      <c r="D18">
+        <v>23</v>
+      </c>
+      <c r="E18">
+        <v>11870</v>
+      </c>
       <c r="F18">
         <v>2022</v>
       </c>
       <c r="G18" t="s">
         <v>77</v>
       </c>
-      <c r="H18"/>
-      <c r="I18"/>
+      <c r="H18">
+        <v>6.21</v>
+      </c>
+      <c r="I18">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>78</v>
       </c>
       <c r="B19" t="s">
         <v>79</v>
       </c>
       <c r="C19" t="s">
-        <v>72</v>
-[...6 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="D19"/>
+      <c r="E19"/>
       <c r="F19">
         <v>2022</v>
       </c>
       <c r="G19" t="s">
-        <v>80</v>
-[...6 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B20" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C20" t="s">
-        <v>55</v>
+        <v>76</v>
       </c>
       <c r="D20">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E20"/>
+        <v>23</v>
+      </c>
+      <c r="E20">
+        <v>10963</v>
+      </c>
       <c r="F20">
         <v>2022</v>
       </c>
       <c r="G20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H20">
-        <v>2.31</v>
+        <v>6.21</v>
       </c>
       <c r="I20">
-        <v>0.41</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C21" t="s">
-        <v>86</v>
+        <v>59</v>
       </c>
       <c r="D21">
-        <v>2022</v>
+        <v>7</v>
       </c>
       <c r="E21"/>
       <c r="F21">
         <v>2022</v>
       </c>
       <c r="G21" t="s">
         <v>87</v>
       </c>
       <c r="H21">
-        <v>3.26</v>
+        <v>2.31</v>
       </c>
       <c r="I21">
-        <v>0.74</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>88</v>
       </c>
       <c r="B22" t="s">
         <v>89</v>
       </c>
       <c r="C22" t="s">
         <v>90</v>
       </c>
       <c r="D22">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="E22"/>
       <c r="F22">
         <v>2022</v>
       </c>
       <c r="G22" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="H22">
-        <v>9.23</v>
+        <v>3.26</v>
       </c>
       <c r="I22">
-        <v>2.14</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>92</v>
+      </c>
+      <c r="B23" t="s">
         <v>93</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>94</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23">
+        <v>14</v>
+      </c>
+      <c r="E23" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>101545</v>
       </c>
       <c r="F23">
         <v>2022</v>
       </c>
       <c r="G23" t="s">
         <v>96</v>
       </c>
       <c r="H23">
-        <v>8.66</v>
+        <v>9.23</v>
       </c>
       <c r="I23">
-        <v>1.62</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>97</v>
       </c>
       <c r="B24" t="s">
         <v>98</v>
       </c>
       <c r="C24" t="s">
         <v>99</v>
       </c>
-      <c r="D24"/>
-      <c r="E24"/>
+      <c r="D24">
+        <v>28</v>
+      </c>
+      <c r="E24">
+        <v>101545</v>
+      </c>
       <c r="F24">
         <v>2022</v>
       </c>
       <c r="G24" t="s">
         <v>100</v>
       </c>
       <c r="H24">
-        <v>7.78</v>
+        <v>8.66</v>
       </c>
       <c r="I24">
-        <v>1.32</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>101</v>
       </c>
       <c r="B25" t="s">
         <v>102</v>
       </c>
       <c r="C25" t="s">
         <v>103</v>
       </c>
-      <c r="D25">
-[...4 lines deleted...]
-      </c>
+      <c r="D25"/>
+      <c r="E25"/>
       <c r="F25">
         <v>2022</v>
       </c>
       <c r="G25" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="H25"/>
+        <v>104</v>
+      </c>
+      <c r="H25">
+        <v>7.78</v>
+      </c>
       <c r="I25">
-        <v>0.75</v>
+        <v>1.32</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" t="s">
         <v>106</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>107</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26">
+        <v>5</v>
+      </c>
+      <c r="E26" t="s">
         <v>108</v>
       </c>
-      <c r="D26"/>
-      <c r="E26"/>
       <c r="F26">
         <v>2022</v>
       </c>
       <c r="G26" t="s">
         <v>109</v>
       </c>
-      <c r="H26">
-[...1 lines deleted...]
-      </c>
+      <c r="H26"/>
       <c r="I26">
-        <v>2.27</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>110</v>
       </c>
       <c r="B27" t="s">
         <v>111</v>
       </c>
       <c r="C27" t="s">
         <v>112</v>
       </c>
-      <c r="D27">
-[...2 lines deleted...]
-      <c r="E27" t="s">
+      <c r="D27"/>
+      <c r="E27"/>
+      <c r="F27">
+        <v>2022</v>
+      </c>
+      <c r="G27" t="s">
         <v>113</v>
       </c>
-      <c r="F27">
-[...5 lines deleted...]
-      <c r="H27"/>
+      <c r="H27">
+        <v>7.08</v>
+      </c>
       <c r="I27">
-        <v>0.21</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>114</v>
+      </c>
+      <c r="B28" t="s">
         <v>115</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>116</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28"/>
+      <c r="D28">
+        <v>2015</v>
+      </c>
       <c r="E28" t="s">
         <v>117</v>
       </c>
       <c r="F28">
         <v>2021</v>
       </c>
       <c r="G28" t="s">
         <v>118</v>
       </c>
-      <c r="H28">
-[...1 lines deleted...]
-      </c>
+      <c r="H28"/>
       <c r="I28">
-        <v>2.56</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>119</v>
       </c>
       <c r="B29" t="s">
         <v>120</v>
       </c>
       <c r="C29" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29" t="s">
         <v>121</v>
       </c>
-      <c r="D29"/>
-      <c r="E29"/>
       <c r="F29">
         <v>2021</v>
       </c>
       <c r="G29" t="s">
         <v>122</v>
       </c>
       <c r="H29">
-        <v>4.13</v>
+        <v>6.48</v>
       </c>
       <c r="I29">
-        <v>1.48</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>123</v>
       </c>
       <c r="B30" t="s">
         <v>124</v>
       </c>
       <c r="C30" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30">
         <v>2021</v>
       </c>
       <c r="G30" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H30">
-        <v>7.78</v>
+        <v>4.13</v>
       </c>
       <c r="I30">
-        <v>1.32</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B31" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C31" t="s">
-        <v>128</v>
+        <v>103</v>
       </c>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G31" t="s">
         <v>129</v>
       </c>
       <c r="H31">
-        <v>4.09</v>
+        <v>7.78</v>
       </c>
       <c r="I31">
-        <v>1.0</v>
+        <v>1.32</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>130</v>
       </c>
       <c r="B32" t="s">
         <v>131</v>
       </c>
       <c r="C32" t="s">
         <v>132</v>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32">
         <v>2020</v>
       </c>
       <c r="G32" t="s">
         <v>133</v>
       </c>
       <c r="H32">
-        <v>3.59</v>
+        <v>4.09</v>
       </c>
       <c r="I32">
-        <v>0.69</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>134</v>
       </c>
       <c r="B33" t="s">
         <v>135</v>
       </c>
       <c r="C33" t="s">
-        <v>132</v>
-[...4 lines deleted...]
-      <c r="E33" t="s">
         <v>136</v>
       </c>
+      <c r="D33"/>
+      <c r="E33"/>
       <c r="F33">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G33" t="s">
         <v>137</v>
       </c>
       <c r="H33">
-        <v>3.29</v>
+        <v>3.59</v>
       </c>
       <c r="I33">
-        <v>0.71</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>138</v>
       </c>
       <c r="B34" t="s">
         <v>139</v>
       </c>
       <c r="C34" t="s">
+        <v>136</v>
+      </c>
+      <c r="D34">
+        <v>44</v>
+      </c>
+      <c r="E34" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>151108</v>
       </c>
       <c r="F34">
         <v>2019</v>
       </c>
       <c r="G34" t="s">
         <v>141</v>
       </c>
       <c r="H34">
-        <v>2.28</v>
+        <v>3.29</v>
       </c>
       <c r="I34">
-        <v>0.58</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>142</v>
       </c>
       <c r="B35" t="s">
         <v>143</v>
       </c>
       <c r="C35" t="s">
-        <v>86</v>
+        <v>144</v>
       </c>
       <c r="D35">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>60</v>
+      </c>
+      <c r="E35">
+        <v>151108</v>
       </c>
       <c r="F35">
         <v>2019</v>
       </c>
       <c r="G35" t="s">
         <v>145</v>
       </c>
       <c r="H35">
-        <v>2.89</v>
+        <v>2.28</v>
       </c>
       <c r="I35">
-        <v>0.86</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>146</v>
       </c>
       <c r="B36" t="s">
         <v>147</v>
       </c>
       <c r="C36" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="D36">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1699</v>
+        <v>2019</v>
+      </c>
+      <c r="E36" t="s">
+        <v>148</v>
       </c>
       <c r="F36">
         <v>2019</v>
       </c>
       <c r="G36" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H36">
-        <v>4.56</v>
+        <v>2.89</v>
       </c>
       <c r="I36">
-        <v>1.32</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B37" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C37" t="s">
-        <v>151</v>
+        <v>76</v>
       </c>
       <c r="D37">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37">
+        <v>1699</v>
+      </c>
+      <c r="F37">
+        <v>2019</v>
+      </c>
+      <c r="G37" t="s">
         <v>152</v>
       </c>
-      <c r="F37">
-[...4 lines deleted...]
-      </c>
       <c r="H37">
-        <v>1.09</v>
+        <v>4.56</v>
       </c>
       <c r="I37">
-        <v>0.55</v>
+        <v>1.32</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
+        <v>153</v>
+      </c>
+      <c r="B38" t="s">
         <v>154</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>155</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38">
+        <v>234</v>
+      </c>
+      <c r="E38" t="s">
         <v>156</v>
       </c>
-      <c r="D38">
-[...2 lines deleted...]
-      <c r="E38" t="s">
+      <c r="F38">
+        <v>2018</v>
+      </c>
+      <c r="G38" t="s">
         <v>157</v>
       </c>
-      <c r="F38">
-[...4 lines deleted...]
-      </c>
       <c r="H38">
-        <v>0.53</v>
+        <v>1.09</v>
       </c>
       <c r="I38">
-        <v>0.22</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
+        <v>158</v>
+      </c>
+      <c r="B39" t="s">
         <v>159</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>160</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39">
+        <v>64</v>
+      </c>
+      <c r="E39" t="s">
         <v>161</v>
       </c>
-      <c r="D39">
-[...2 lines deleted...]
-      <c r="E39" t="s">
+      <c r="F39">
+        <v>2016</v>
+      </c>
+      <c r="G39" t="s">
         <v>162</v>
       </c>
-      <c r="F39">
-[...4 lines deleted...]
-      </c>
       <c r="H39">
-        <v>1.2</v>
+        <v>0.53</v>
       </c>
       <c r="I39">
-        <v>0.38</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>163</v>
+      </c>
+      <c r="B40" t="s">
         <v>164</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>165</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40">
+        <v>26</v>
+      </c>
+      <c r="E40" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
       <c r="F40">
         <v>2015</v>
       </c>
       <c r="G40" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H40">
-        <v>0.82</v>
+        <v>1.2</v>
       </c>
       <c r="I40">
-        <v>0.33</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
+        <v>168</v>
+      </c>
+      <c r="B41" t="s">
         <v>169</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>170</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41">
+        <v>51</v>
+      </c>
+      <c r="E41" t="s">
         <v>171</v>
       </c>
-      <c r="D41">
-[...2 lines deleted...]
-      <c r="E41" t="s">
+      <c r="F41">
+        <v>2015</v>
+      </c>
+      <c r="G41" t="s">
         <v>172</v>
       </c>
-      <c r="F41">
-[...4 lines deleted...]
-      </c>
       <c r="H41">
-        <v>0.32</v>
+        <v>0.82</v>
       </c>
       <c r="I41">
-        <v>0.26</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>173</v>
+      </c>
+      <c r="B42" t="s">
         <v>174</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>175</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42">
+        <v>439</v>
+      </c>
+      <c r="E42" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="F42">
         <v>2011</v>
       </c>
       <c r="G42" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="H42">
-        <v>0.47</v>
+        <v>0.32</v>
       </c>
       <c r="I42">
-        <v>0.2</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>178</v>
+      </c>
+      <c r="B43" t="s">
         <v>179</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D43">
         <v>81</v>
       </c>
       <c r="E43" t="s">
         <v>181</v>
       </c>
       <c r="F43">
         <v>2011</v>
       </c>
       <c r="G43" t="s">
         <v>182</v>
       </c>
       <c r="H43">
         <v>0.47</v>
       </c>
       <c r="I43">
         <v>0.2</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>183</v>
       </c>
       <c r="B44" t="s">
+        <v>184</v>
+      </c>
+      <c r="C44" t="s">
         <v>180</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44">
+        <v>81</v>
+      </c>
+      <c r="E44" t="s">
+        <v>185</v>
+      </c>
+      <c r="F44">
+        <v>2011</v>
+      </c>
+      <c r="G44" t="s">
+        <v>186</v>
+      </c>
+      <c r="H44">
+        <v>0.47</v>
+      </c>
+      <c r="I44">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" t="s">
+        <v>187</v>
+      </c>
+      <c r="B45" t="s">
+        <v>179</v>
+      </c>
+      <c r="C45" t="s">
+        <v>180</v>
+      </c>
+      <c r="D45">
         <v>80</v>
       </c>
-      <c r="E44" t="s">
-[...2 lines deleted...]
-      <c r="F44">
+      <c r="E45" t="s">
+        <v>188</v>
+      </c>
+      <c r="F45">
         <v>2010</v>
       </c>
-      <c r="G44" t="s">
-[...2 lines deleted...]
-      <c r="H44">
+      <c r="G45" t="s">
+        <v>189</v>
+      </c>
+      <c r="H45">
         <v>0.39</v>
       </c>
-      <c r="I44">
+      <c r="I45">
         <v>0.18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>