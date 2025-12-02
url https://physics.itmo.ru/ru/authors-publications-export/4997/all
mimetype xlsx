--- v0 (2025-10-08)
+++ v1 (2025-12-02)
@@ -12,131 +12,155 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Ultrafast switching of a metasurface quasi-bound state in the continuum via transient optical symmetry breaking</t>
+  </si>
+  <si>
+    <t>Giulia Crotti, Andrea Schirato, Olesya Pashina, Olga Sergaeva, Mihail Petrov, Costantino De Angelis, Giuseppe Della Valle</t>
+  </si>
+  <si>
+    <t>Light: Science &amp; Applications</t>
+  </si>
+  <si>
+    <t>10.1038/s41377-025-01885-z</t>
+  </si>
+  <si>
     <t>A comparative study of plasmonic nanoparticles for targeted photothermal therapy of melanoma tumors using various irradiation modes</t>
   </si>
   <si>
     <t>Lidia Mikhailova, Elizaveta Vysotina, Maria Timofeeva, Elena Kopoleva, Van Gulinian, Olesya Pashina, Konstantin Arabuli, Olga Gusliakova, Ekaterina Prikhozhdenko, Xiaoli Qi,  Петров Андрей, Eduard Ageev, Mihail Petrov, Constantino De Angelis, Mikhail Durymanov, Gleb Sukhorukov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Light: Advanced Manufacturing</t>
   </si>
   <si>
     <t>10.37188/lam.2025.005</t>
   </si>
   <si>
+    <t>Second-Order Nonlinear Circular Dichroism in Square Lattice Array of Germanium Nanohelices</t>
+  </si>
+  <si>
+    <t>Grégoire Saerens, Günter Ellrott, Olesya Pashina, Ilya Deriy, Vojislav Krstić, Mihail Petrov, Maria Chekhova, Rachel Grange</t>
+  </si>
+  <si>
+    <t>ACS Photonics</t>
+  </si>
+  <si>
+    <t>3630-3635</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.4c00721</t>
+  </si>
+  <si>
     <t>Thermo‐Optical Bistability Enabled by Bound States in The Continuum in Silicon Metasurfaces</t>
   </si>
   <si>
     <t>Alexander Barulin, Olesya Pashina, Daniil Ryabov, Olga Sergaeva, Zarina Sadrieva, Alexey Shcherbakov, Viktoriia Rutckaia, Jörg Schilling, Andrey Bogdanov, Ivan Sinev, Alexander Chernov, Mihail Petrov</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202301399</t>
   </si>
   <si>
     <t>Subwavelength Raman Laser Driven by Quasi Bound State in the Continuum</t>
   </si>
   <si>
     <t>Daniil Ryabov, Ruslan Gladkov, Olesya Pashina, Andrey Bogdanov, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/lpor.202300829</t>
   </si>
   <si>
     <t>Photo-thermo-optical modulation of Raman scattering from Mie-resonant silicon nanostructures</t>
   </si>
   <si>
     <t>Mor Pal Vikram, Kentaro Nishida, Chien-Hsuan Li, Daniil Ryabov, Olesya Pashina, Yu-Lung Tang, Sergey Makarov, Junichi Takahara, Mihail Petrov, Shi-Wei Chu</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2023-0922</t>
   </si>
   <si>
     <t>Fast Simulation of Light Scattering and Harmonic Generation in Axially Symmetric Structures in COMSOL</t>
   </si>
   <si>
     <t>Sergey Gladishev, Olesya Pashina, Alexey Proskurin, Anna Nikolaeva, Zarina Sadrieva, Mihail Petrov, Andrey Bogdanov, Kristina Frizyuk</t>
-  </si>
-[...1 lines deleted...]
-    <t>ACS Photonics</t>
   </si>
   <si>
     <t>404-418</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.3c01166</t>
   </si>
   <si>
     <t>Optical Bistability in Nanosilicon with Record Low Q-Factor</t>
   </si>
   <si>
     <t>Kentaro Nishida, Po-Hsueh Tseng, Yu-Chieh Chen, Pang-Han Wu, Chi-Yin Yang, Jhen-Hong Yang, Wei-Ruei Chen, Olesya Pashina, Mihail Petrov, Kuo-Ping Chen, Shi-Wei Chu</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.3c03597</t>
   </si>
   <si>
     <t>Transient Nanostructure Formation in GaAs Film Under Femtosecond Laser Action</t>
   </si>
   <si>
     <t>Olesya Pashina, Olga Sergaeva, M. Gandolfi, Davide Rocco, G. Crotti, G. Della Valle, C. De Angelis, Mihail Petrov</t>
   </si>
@@ -566,490 +590,546 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I16"/>
+  <dimension ref="A1:I18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="E2"/>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="H2"/>
+      <c r="H2">
+        <v>17.78</v>
+      </c>
       <c r="I2">
-        <v>3.18</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="D3"/>
-      <c r="E3"/>
+      <c r="D3">
+        <v>6</v>
+      </c>
+      <c r="E3">
+        <v>1</v>
+      </c>
       <c r="F3">
         <v>2024</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
-      <c r="H3">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
       <c r="I3">
-        <v>3.17</v>
+        <v>3.18</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D4">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E4"/>
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>13.14</v>
+        <v>7.53</v>
       </c>
       <c r="I4">
-        <v>3.78</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H5">
-        <v>7.92</v>
+        <v>10.95</v>
       </c>
       <c r="I5">
-        <v>2.12</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" t="s">
         <v>24</v>
       </c>
-      <c r="B6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E6"/>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="H6">
-        <v>7.08</v>
+        <v>13.14</v>
       </c>
       <c r="I6">
-        <v>2.27</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>32</v>
       </c>
       <c r="H7">
-        <v>12.26</v>
+        <v>7.92</v>
       </c>
       <c r="I7">
-        <v>3.76</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
       <c r="C8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>35</v>
       </c>
-      <c r="D8"/>
-      <c r="E8"/>
       <c r="F8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
-      <c r="H8"/>
-      <c r="I8"/>
+      <c r="H8">
+        <v>7.08</v>
+      </c>
+      <c r="I8">
+        <v>2.27</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
-      <c r="D9">
-[...1 lines deleted...]
-      </c>
+      <c r="D9"/>
       <c r="E9"/>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
         <v>40</v>
       </c>
       <c r="H9">
-        <v>17.46</v>
+        <v>12.26</v>
       </c>
       <c r="I9">
-        <v>5.5</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>41</v>
       </c>
       <c r="B10" t="s">
         <v>42</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10"/>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E10"/>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" t="s">
         <v>46</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>47</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="E11"/>
       <c r="F11">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11">
-        <v>7.92</v>
+        <v>17.46</v>
       </c>
       <c r="I11">
-        <v>2.12</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>49</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
       <c r="C12" t="s">
         <v>51</v>
       </c>
-      <c r="D12">
-[...3 lines deleted...]
-        <v>1992</v>
+      <c r="D12"/>
+      <c r="E12" t="s">
+        <v>52</v>
       </c>
       <c r="F12">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
-[...6 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B13" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="D13">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="E13"/>
       <c r="F13">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G13" t="s">
         <v>56</v>
       </c>
       <c r="H13">
-        <v>0.55</v>
+        <v>7.92</v>
       </c>
       <c r="I13">
-        <v>0.21</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>57</v>
       </c>
       <c r="B14" t="s">
         <v>58</v>
       </c>
       <c r="C14" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D14">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>47</v>
+      </c>
+      <c r="E14">
+        <v>1992</v>
       </c>
       <c r="F14">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G14" t="s">
         <v>60</v>
       </c>
       <c r="H14">
-        <v>0.55</v>
+        <v>3.56</v>
       </c>
       <c r="I14">
-        <v>0.21</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>61</v>
       </c>
       <c r="B15" t="s">
+        <v>55</v>
+      </c>
+      <c r="C15" t="s">
         <v>62</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15">
+        <v>2015</v>
+      </c>
+      <c r="E15" t="s">
         <v>63</v>
       </c>
-      <c r="D15"/>
-      <c r="E15"/>
       <c r="F15">
         <v>2021</v>
       </c>
       <c r="G15" t="s">
         <v>64</v>
       </c>
       <c r="H15">
-        <v>3.83</v>
+        <v>0.55</v>
       </c>
       <c r="I15">
-        <v>1.23</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="C16" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D16">
-        <v>2300</v>
+        <v>2015</v>
       </c>
       <c r="E16" t="s">
         <v>67</v>
       </c>
       <c r="F16">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G16" t="s">
         <v>68</v>
       </c>
-      <c r="H16"/>
+      <c r="H16">
+        <v>0.55</v>
+      </c>
       <c r="I16">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>69</v>
+      </c>
+      <c r="B17" t="s">
+        <v>70</v>
+      </c>
+      <c r="C17" t="s">
+        <v>71</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17"/>
+      <c r="F17">
+        <v>2021</v>
+      </c>
+      <c r="G17" t="s">
+        <v>72</v>
+      </c>
+      <c r="H17">
+        <v>3.83</v>
+      </c>
+      <c r="I17">
+        <v>1.23</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" t="s">
+        <v>58</v>
+      </c>
+      <c r="C18" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18">
+        <v>2300</v>
+      </c>
+      <c r="E18" t="s">
+        <v>75</v>
+      </c>
+      <c r="F18">
+        <v>2020</v>
+      </c>
+      <c r="G18" t="s">
+        <v>76</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18">
         <v>0.19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>