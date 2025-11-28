--- v0 (2025-10-09)
+++ v1 (2025-11-28)
@@ -83,114 +83,114 @@
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>289-298</t>
   </si>
   <si>
     <t>10.1515/nanoph-2023-0624</t>
   </si>
   <si>
     <t>Multipole Born series approach to light scattering by Mie-resonant nanoparticle structures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Andrei Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
     <t>Journal of Optics</t>
   </si>
   <si>
     <t>035603</t>
   </si>
   <si>
     <t>10.1088/2040-8986/ac4a21</t>
   </si>
   <si>
+    <t>Light focusing by silicon nanosphere structures under conditions of magnetic dipole and quadrupole resonances</t>
+  </si>
+  <si>
+    <t>Nikita Ustimenko, Kseniia Baryshnikova, R Melnikov, V Ulyantsev, A B Evlyukhin</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012160</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012160</t>
+  </si>
+  <si>
     <t>Application of Born series for modeling of Mie-resonant nanostructures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, A B Evlyukhin, Mihail Petrov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012161</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012161</t>
   </si>
   <si>
-    <t>Light focusing by silicon nanosphere structures under conditions of magnetic dipole and quadrupole resonances</t>
-[...10 lines deleted...]
-  <si>
     <t>Multipole optimization of light focusing by silicon nanosphere structures</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Roman Melnikov, Vladimir Ulyantsev, Boris N. Chichkov,  Andrey B. Evlyukhin</t>
   </si>
   <si>
     <t>Journal of the Optical Society of America B</t>
   </si>
   <si>
     <t>10.1364/josab.436139</t>
   </si>
   <si>
     <t>Metalenses for subwavelength imaging</t>
   </si>
   <si>
+    <t>Kseniia Baryshnikova, S S Kharintsev, Pavel Belov, Nikita Ustimenko</t>
+  </si>
+  <si>
+    <t>Physics-Uspekhi</t>
+  </si>
+  <si>
+    <t>355-378</t>
+  </si>
+  <si>
+    <t>10.3367/ufne.2021.03.038952</t>
+  </si>
+  <si>
     <t>Kseniia Baryshnikova, Sergei S. Kharintsev, Pavel Belov, Nikita Ustimenko</t>
   </si>
   <si>
     <t>Uspekhi Fizicheskih Nauk</t>
   </si>
   <si>
     <t>386-412</t>
   </si>
   <si>
     <t>10.3367/ufnr.2021.03.038952</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.3367/ufne.2021.03.038952</t>
   </si>
   <si>
     <t>Born series using for designing of all-dielectric metalenses</t>
   </si>
   <si>
     <t>Nikita Ustimenko, Kseniia Baryshnikova, Mikhail Beliakov, Andrei Evlyukhin</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
   </si>
   <si>
     <t>020007</t>
   </si>
   <si>
     <t>10.1063/5.0031976</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -736,92 +736,92 @@
       </c>
       <c r="F7">
         <v>2021</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
       <c r="H7">
         <v>2.11</v>
       </c>
       <c r="I7">
         <v>0.74</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8">
-        <v>192</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="F8">
         <v>2021</v>
       </c>
       <c r="G8" t="s">
         <v>40</v>
       </c>
-      <c r="H8"/>
-      <c r="I8"/>
+      <c r="H8">
+        <v>2.94</v>
+      </c>
+      <c r="I8">
+        <v>0.66</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>41</v>
       </c>
       <c r="C9" t="s">
         <v>42</v>
       </c>
       <c r="D9">
-        <v>65</v>
+        <v>192</v>
       </c>
       <c r="E9" t="s">
         <v>43</v>
       </c>
       <c r="F9">
         <v>2021</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
-      <c r="H9">
-[...4 lines deleted...]
-      </c>
+      <c r="H9"/>
+      <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>46</v>
       </c>
       <c r="C10" t="s">
         <v>47</v>
       </c>
       <c r="D10">
         <v>2300</v>
       </c>
       <c r="E10" t="s">
         <v>48</v>
       </c>
       <c r="F10">
         <v>2020</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10"/>
       <c r="I10">