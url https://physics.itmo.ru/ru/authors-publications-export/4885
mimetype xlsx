--- v1 (2026-03-04)
+++ v2 (2026-03-31)
@@ -236,75 +236,75 @@
   <si>
     <t>Viktor Puchnin, Mikhail Gulyaev, Yury Pirogov, Mikhail Zubkov</t>
   </si>
   <si>
     <t>IEEE Transactions on Medical Imaging</t>
   </si>
   <si>
     <t>1-1</t>
   </si>
   <si>
     <t>10.1109/tmi.2022.3143693</t>
   </si>
   <si>
     <t>Control of the near magnetic field pattern uniformity inside metamaterial-inspired volumetric resonators</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Viktor Puchnin, Alexey Slobozhanyuk, Alena Shchelokova</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2021.100989</t>
   </si>
   <si>
+    <t>Magnetic resonance imaging with a multi-tunable metamaterial-inspired radiofrequency coil</t>
+  </si>
+  <si>
+    <t>Viktor Puchnin, M Gulyaev, Mikhail Zubkov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012171</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012171</t>
+  </si>
+  <si>
     <t>Comparison of different wireless coils for 1.5 T bilateral breast MRI</t>
   </si>
   <si>
     <t>Viktor Puchnin, Anna Hurshkainen, Georgiy Solomakha, Anna Andreychenko, Alena Shchelokova</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012116</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012116</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012171</t>
   </si>
   <si>
     <t>Metamaterial inspired resonator for targeted breast MRI at 1.5 T.</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
   </si>
   <si>
     <t>020100</t>
   </si>
   <si>
     <t>10.1063/5.0031918</t>
   </si>
   <si>
     <t>Metamaterial inspired wireless coil for clinical breast imaging</t>
   </si>
   <si>
     <t>Viktor Puchnin, Georgiy Solomakha, Arthur W. Magill, Anna Andreychenko, Alena Shchelokova</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2020.106877</t>
   </si>
 </sst>
 </file>
 
@@ -1152,51 +1152,51 @@
       <c r="C19" t="s">
         <v>76</v>
       </c>
       <c r="D19">
         <v>2015</v>
       </c>
       <c r="E19" t="s">
         <v>81</v>
       </c>
       <c r="F19">
         <v>2021</v>
       </c>
       <c r="G19" t="s">
         <v>82</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>0.21</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>83</v>
       </c>
       <c r="B20" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C20" t="s">
         <v>84</v>
       </c>
       <c r="D20">
         <v>2300</v>
       </c>
       <c r="E20" t="s">
         <v>85</v>
       </c>
       <c r="F20">
         <v>2020</v>
       </c>
       <c r="G20" t="s">
         <v>86</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>0.19</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>87</v>
       </c>