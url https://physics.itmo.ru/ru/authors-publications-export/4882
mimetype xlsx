--- v0 (2025-10-06)
+++ v1 (2025-11-05)
@@ -12,79 +12,94 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Electroluminescence Enhancement with Gold Nanorods in Eu-Based Emission Organic Layer</t>
+  </si>
+  <si>
+    <t>Arseny Yu. Gladkikh, Abolfazl Mahmudpur, Oleksii Peltek, Maria Sandzhieva, Sergey Makarov, Valentina V. Utochnikova</t>
+  </si>
+  <si>
+    <t>Advanced Optical Materials</t>
+  </si>
+  <si>
+    <t>e00702</t>
+  </si>
+  <si>
+    <t>10.1002/adom.202500702</t>
+  </si>
+  <si>
     <t>Gilded vaterite particles: Synthesis, optical characterization, and label-free imaging</t>
   </si>
   <si>
     <t>Hani Barhum, Oleksii Peltek, Denis S. Kolchanov, Mariam Amer, Tamara Amro, Hadi Shamkhi Al Naeemah, Andrey Ushkov, Alexander A. Goncharenko, Mikhail Zyuzin, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Chemical Engineering Journal</t>
   </si>
   <si>
     <t>10.1016/j.cej.2024.154714</t>
   </si>
   <si>
     <t>One-Pot Synthesis of Affordable Redox-Responsive Drug Delivery System Based on Trithiocyanuric Acid Nanoparticles</t>
   </si>
   <si>
     <t>Elena Kopoleva, Maksim D. Lebedev, Alisa Postovalova , Anna  Rogova , Landysh Fatkhutdinova, Olga Epifanovskaya, Alexander A. Goncharenko, Arina V. Kremleva, Nadezhda Domracheva, Anton S. Bukatin, Albert R. Muslimov, Aleksandra Koroleva, Evgeniy V. Zhizhin, Kirill V. Lepik, Alexander Timin, Oleksii Peltek, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.3c02933</t>
   </si>
   <si>
     <t>Ligand-free template-assisted synthesis of stable perovskite nanocrystals with near-unity photoluminescence quantum yield within pores of vaterite spheres</t>
@@ -128,75 +143,75 @@
   <si>
     <t>Fluorescence-based thermometry for precise estimation of nanoparticle laser-induced heating in cancerous cells at nanoscale</t>
   </si>
   <si>
     <t>Oleksii Peltek, Eduard Ageev, Pavel Talianov, Anna D. Mikushina, Olga S. Epifanovskaya, Aliaksei Dubavik, Vadim P. Veiko, Kirill Lepik, Dmitry Zuev, Alexander S. Timin, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2022-0314</t>
   </si>
   <si>
     <t>Excitonic versus Free-Carrier Contributions to the Nonlinearly Excited Photoluminescence in CsPbBr3 Perovskites</t>
   </si>
   <si>
     <t>Daria Khmelevskaia, Daria Markina, Pavel Tonkaev, Mikhail Masharin, Oleksii Peltek, Pavel Talianov, Mikhail Baranov, Anna Nikolaeva, Mikhail Zyuzin, Lev Zelenkov, Anatoly Pushkarev, Andrey L. Rogach, Sergey Makarov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.1c01347</t>
   </si>
   <si>
+    <t>Fluorescence lifetime-based intracellular thermometry for photothermal therapy</t>
+  </si>
+  <si>
+    <t>Oleksii Peltek, Eduard Ageev, Pavel Talianov, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012107</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012107</t>
+  </si>
+  <si>
     <t>Temperature monitoring during light-induced release of cargo using polymer capsules modified with gold nanoparticles and nanodiamonds</t>
   </si>
   <si>
     <t>Elena Gerasimova, Vitaly Yaroshenko, P M Talianov, Oleksii Peltek, Lidia Mikhailova, M A Baranov, Polina Kapitanova, Dmitry Zuev, A S Timin, Mikhail Zyuzin</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012045</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012045</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012107</t>
   </si>
   <si>
     <t>Halide Perovskite Nanocrystals with Enhanced Water Stability for Upconversion Imaging in a Living Cell</t>
   </si>
   <si>
     <t>Pavel Talianov, Oleksii Peltek, Mikhail Masharin, Soslan Khubezhov, Mikhail Baranov, Audrius Drabavičius, Alexander Timin, Lev Zelenkov, Anatoly Pushkarev, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>8991-8998</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c01968</t>
   </si>
   <si>
     <t>Real-Time Temperature Monitoring of Photoinduced Cargo Release inside Living Cells Using Hybrid Capsules Decorated with Gold Nanoparticles and Fluorescent Nanodiamonds</t>
   </si>
   <si>
     <t>Elena Gerasimova, Vitaly Yaroshenko, Pavel Talianov, Oleksii Peltek, Mikhail A. Baranov, Polina Kapitanova, Dmitry Zuev, Alexander S. Timin, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>10.1021/acsami.1c05252</t>
   </si>
@@ -620,51 +635,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I19"/>
+  <dimension ref="A1:I20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="380.907" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -679,528 +694,557 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>497</v>
-[...2 lines deleted...]
-        <v>154714</v>
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
       </c>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-      <c r="I2"/>
+        <v>13</v>
+      </c>
+      <c r="H2">
+        <v>9.93</v>
+      </c>
+      <c r="I2">
+        <v>2.89</v>
+      </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="E3"/>
+        <v>16</v>
+      </c>
+      <c r="D3">
+        <v>497</v>
+      </c>
+      <c r="E3">
+        <v>154714</v>
+      </c>
       <c r="F3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G3" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2023</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>8.31</v>
+        <v>12.26</v>
       </c>
       <c r="I4">
-        <v>1.74</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      <c r="E5" t="s">
         <v>24</v>
       </c>
+      <c r="D5"/>
+      <c r="E5"/>
       <c r="F5">
         <v>2023</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5">
-        <v>10.38</v>
+        <v>8.31</v>
       </c>
       <c r="I5">
-        <v>2.14</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="E6"/>
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>29</v>
+      </c>
       <c r="F6">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H6">
-        <v>9.43</v>
+        <v>10.38</v>
       </c>
       <c r="I6">
-        <v>1.56</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D7">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="E7"/>
       <c r="F7">
         <v>2022</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H7">
-        <v>7.92</v>
+        <v>9.43</v>
       </c>
       <c r="I7">
-        <v>2.12</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>37</v>
+      </c>
+      <c r="D8">
+        <v>0</v>
+      </c>
       <c r="E8"/>
       <c r="F8">
         <v>2022</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H8">
-        <v>7.08</v>
+        <v>7.92</v>
       </c>
       <c r="I8">
-        <v>2.27</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      <c r="E9" t="s">
         <v>41</v>
       </c>
+      <c r="D9"/>
+      <c r="E9"/>
       <c r="F9">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
       <c r="H9">
-        <v>0.48</v>
+        <v>7.08</v>
       </c>
       <c r="I9">
-        <v>0.21</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D10">
         <v>2015</v>
       </c>
       <c r="E10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F10">
         <v>2021</v>
       </c>
       <c r="G10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H10"/>
       <c r="I10">
         <v>0.21</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D11"/>
+        <v>45</v>
+      </c>
+      <c r="D11">
+        <v>2015</v>
+      </c>
       <c r="E11" t="s">
         <v>50</v>
       </c>
       <c r="F11">
         <v>2021</v>
       </c>
       <c r="G11" t="s">
         <v>51</v>
       </c>
       <c r="H11">
-        <v>6.48</v>
+        <v>0.48</v>
       </c>
       <c r="I11">
-        <v>2.56</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>52</v>
       </c>
       <c r="B12" t="s">
         <v>53</v>
       </c>
       <c r="C12" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="D12"/>
-      <c r="E12"/>
+      <c r="E12" t="s">
+        <v>55</v>
+      </c>
       <c r="F12">
         <v>2021</v>
       </c>
       <c r="G12" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H12">
-        <v>9.23</v>
+        <v>6.48</v>
       </c>
       <c r="I12">
-        <v>2.54</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C13" t="s">
-        <v>57</v>
-[...6 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D13"/>
+      <c r="E13"/>
       <c r="F13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G13" t="s">
         <v>59</v>
       </c>
-      <c r="H13"/>
+      <c r="H13">
+        <v>9.23</v>
+      </c>
       <c r="I13">
-        <v>0.19</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>60</v>
       </c>
       <c r="B14" t="s">
         <v>61</v>
       </c>
       <c r="C14" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="D14">
-        <v>12</v>
+        <v>2300</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F14">
         <v>2020</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="H14"/>
       <c r="I14">
-        <v>2.57</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C15" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D15">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F15">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H15">
-        <v>8.46</v>
+        <v>8.76</v>
       </c>
       <c r="I15">
-        <v>2.6</v>
+        <v>2.57</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="D16">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E16" t="s">
         <v>71</v>
       </c>
       <c r="F16">
         <v>2019</v>
       </c>
       <c r="G16" t="s">
         <v>72</v>
       </c>
       <c r="H16">
-        <v>7.63</v>
+        <v>8.46</v>
       </c>
       <c r="I16">
-        <v>1.77</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>73</v>
       </c>
       <c r="B17" t="s">
         <v>74</v>
       </c>
       <c r="C17" t="s">
         <v>75</v>
       </c>
       <c r="D17">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E17" t="s">
         <v>76</v>
       </c>
       <c r="F17">
         <v>2019</v>
       </c>
       <c r="G17" t="s">
         <v>77</v>
       </c>
       <c r="H17">
-        <v>6.18</v>
+        <v>7.63</v>
       </c>
       <c r="I17">
-        <v>1.44</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>78</v>
       </c>
       <c r="B18" t="s">
         <v>79</v>
       </c>
       <c r="C18" t="s">
-        <v>23</v>
+        <v>80</v>
       </c>
       <c r="D18">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F18">
         <v>2019</v>
       </c>
       <c r="G18" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H18">
-        <v>8.6</v>
+        <v>6.18</v>
       </c>
       <c r="I18">
-        <v>2.6</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B19" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C19" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>28</v>
+      </c>
+      <c r="D19">
+        <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>85</v>
       </c>
       <c r="F19">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G19" t="s">
         <v>86</v>
       </c>
       <c r="H19">
+        <v>8.6</v>
+      </c>
+      <c r="I19">
+        <v>2.6</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" t="s">
+        <v>87</v>
+      </c>
+      <c r="B20" t="s">
+        <v>88</v>
+      </c>
+      <c r="C20" t="s">
+        <v>28</v>
+      </c>
+      <c r="D20" t="s">
+        <v>89</v>
+      </c>
+      <c r="E20" t="s">
+        <v>90</v>
+      </c>
+      <c r="F20">
+        <v>2018</v>
+      </c>
+      <c r="G20" t="s">
+        <v>91</v>
+      </c>
+      <c r="H20">
         <v>8.1</v>
       </c>
-      <c r="I19">
+      <c r="I20">
         <v>2.78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>