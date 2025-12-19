--- v1 (2025-11-05)
+++ v2 (2025-12-19)
@@ -143,75 +143,75 @@
   <si>
     <t>Fluorescence-based thermometry for precise estimation of nanoparticle laser-induced heating in cancerous cells at nanoscale</t>
   </si>
   <si>
     <t>Oleksii Peltek, Eduard Ageev, Pavel Talianov, Anna D. Mikushina, Olga S. Epifanovskaya, Aliaksei Dubavik, Vadim P. Veiko, Kirill Lepik, Dmitry Zuev, Alexander S. Timin, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2022-0314</t>
   </si>
   <si>
     <t>Excitonic versus Free-Carrier Contributions to the Nonlinearly Excited Photoluminescence in CsPbBr3 Perovskites</t>
   </si>
   <si>
     <t>Daria Khmelevskaia, Daria Markina, Pavel Tonkaev, Mikhail Masharin, Oleksii Peltek, Pavel Talianov, Mikhail Baranov, Anna Nikolaeva, Mikhail Zyuzin, Lev Zelenkov, Anatoly Pushkarev, Andrey L. Rogach, Sergey Makarov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.1c01347</t>
   </si>
   <si>
+    <t>Temperature monitoring during light-induced release of cargo using polymer capsules modified with gold nanoparticles and nanodiamonds</t>
+  </si>
+  <si>
+    <t>Elena Gerasimova, Vitaly Yaroshenko, P M Talianov, Oleksii Peltek, Lidia Mikhailova, M A Baranov, Polina Kapitanova, Dmitry Zuev, A S Timin, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012045</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012045</t>
+  </si>
+  <si>
     <t>Fluorescence lifetime-based intracellular thermometry for photothermal therapy</t>
   </si>
   <si>
     <t>Oleksii Peltek, Eduard Ageev, Pavel Talianov, Mikhail Zyuzin</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012107</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012107</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012045</t>
   </si>
   <si>
     <t>Halide Perovskite Nanocrystals with Enhanced Water Stability for Upconversion Imaging in a Living Cell</t>
   </si>
   <si>
     <t>Pavel Talianov, Oleksii Peltek, Mikhail Masharin, Soslan Khubezhov, Mikhail Baranov, Audrius Drabavičius, Alexander Timin, Lev Zelenkov, Anatoly Pushkarev, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>8991-8998</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c01968</t>
   </si>
   <si>
     <t>Real-Time Temperature Monitoring of Photoinduced Cargo Release inside Living Cells Using Hybrid Capsules Decorated with Gold Nanoparticles and Fluorescent Nanodiamonds</t>
   </si>
   <si>
     <t>Elena Gerasimova, Vitaly Yaroshenko, Pavel Talianov, Oleksii Peltek, Mikhail A. Baranov, Polina Kapitanova, Dmitry Zuev, Alexander S. Timin, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>10.1021/acsami.1c05252</t>
   </si>
@@ -917,80 +917,80 @@
         <v>2.27</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>44</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10">
         <v>2015</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10">
         <v>2021</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
-      <c r="H10"/>
+      <c r="H10">
+        <v>0.48</v>
+      </c>
       <c r="I10">
         <v>0.21</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>48</v>
       </c>
       <c r="B11" t="s">
         <v>49</v>
       </c>
       <c r="C11" t="s">
         <v>45</v>
       </c>
       <c r="D11">
         <v>2015</v>
       </c>
       <c r="E11" t="s">
         <v>50</v>
       </c>
       <c r="F11">
         <v>2021</v>
       </c>
       <c r="G11" t="s">
         <v>51</v>
       </c>
-      <c r="H11">
-[...1 lines deleted...]
-      </c>
+      <c r="H11"/>
       <c r="I11">
         <v>0.21</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>52</v>
       </c>
       <c r="B12" t="s">
         <v>53</v>
       </c>
       <c r="C12" t="s">
         <v>54</v>
       </c>
       <c r="D12"/>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12">
         <v>2021</v>
       </c>
       <c r="G12" t="s">
         <v>56</v>
       </c>
       <c r="H12">