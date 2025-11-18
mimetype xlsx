--- v0 (2025-10-09)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
@@ -65,101 +65,137 @@
   <si>
     <t>Miniaturization limits of ceramic UHF RFID tags</t>
   </si>
   <si>
     <t>Alyona Maksimenko, Dmitry Dobrykh, Ildar Yusupov, Mingzhao Song, Irina Melchakova, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-025-88051-y</t>
   </si>
   <si>
     <t>Fabrication of Copper Patterns on a Curved Surface by Direct Laser Metallization from Deep Eutectic Solvents</t>
   </si>
   <si>
     <t>Dmitry Shestakov, Evgeniia Khairullina, Andrey Shishov, Ildar Yusupov, Andrey Komlev, Daria Markina, Eduard Danilovskiy, Mingzhao Song, Sergey Makarov, Ilya Tumkin, Lev Logunov</t>
   </si>
   <si>
     <t>Advanced Engineering Materials</t>
   </si>
   <si>
     <t>10.1002/adem.202401652</t>
   </si>
   <si>
+    <t>Distance Determination of Active Tag Location in the Near Field of Two Coils on NFC Standard Frequency</t>
+  </si>
+  <si>
+    <t>Julia Grigorovich, Sergey Geyman, Ildar Yusupov, Mikhail Udrov</t>
+  </si>
+  <si>
+    <t>2024 Antennas Design and Measurement International Conference (ADMInC)</t>
+  </si>
+  <si>
+    <t>26-29</t>
+  </si>
+  <si>
+    <t>10.1109/adminc63617.2024.10775556</t>
+  </si>
+  <si>
+    <t>Two-Dimensional Near-Field Localization of Active Tag in the NFC Frequency Range</t>
+  </si>
+  <si>
+    <t>Sergey Geyman, Julia Grigorovich, Ildar Yusupov, Mikhail Udrov</t>
+  </si>
+  <si>
+    <t>23-25</t>
+  </si>
+  <si>
+    <t>10.1109/adminc63617.2024.10775366</t>
+  </si>
+  <si>
     <t>Temperature Sensing with Passive Ceramic RFID Tag</t>
   </si>
   <si>
     <t>Dmitry Dobrykh, Alyona Maksimenko, Ildar Yusupov, Mikhail Udrov</t>
   </si>
   <si>
-    <t>2024 Antennas Design and Measurement International Conference (ADMInC)</t>
-[...1 lines deleted...]
-  <si>
     <t>30-32</t>
   </si>
   <si>
     <t>10.1109/adminc63617.2024.10775843</t>
   </si>
   <si>
     <t>Long-range over-a-meter NFC link budget with distributed large-area coils</t>
   </si>
   <si>
     <t>Anton Kharchevskii, Ildar Yusupov, Dmitry Dobrykh, Mikhail Udrov, Sergey Geyman,  Юлия Григорович, Aleksandr Zolotarev, Mikhail Sidorenko, Irina Melchakova, Anna Mikhailovskaya, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101327</t>
   </si>
   <si>
     <t>Resonance cascading in a ceramic tag for long-range omnidirectional radio-frequency identification communication</t>
   </si>
   <si>
     <t>Alyona Maksimenko, Ildar Yusupov, Dmitry Filonov, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.20.064022</t>
   </si>
   <si>
     <t>Quasi-BIC high-index resonators for liquid characterization and analysis</t>
   </si>
   <si>
     <t>Ildar Yusupov, Polina Terekhina, Dmitry Filonov, Mikhail Rybin, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0170786</t>
   </si>
   <si>
+    <t>Increasing the Near-Field Interaction of a Flat Spiral Coil by Optimizing the Distribution of Currents in its Turns</t>
+  </si>
+  <si>
+    <t>2023 Antennas Design and Measurement International Conference (ADMInC)</t>
+  </si>
+  <si>
+    <t>89-92</t>
+  </si>
+  <si>
+    <t>10.1109/adminc59462.2023.10335437</t>
+  </si>
+  <si>
     <t>Ceramic RFID Tag for Omnidirectional Long-Range Communication</t>
   </si>
   <si>
     <t>Alyona Maksimenko, Ildar Yusupov, Alexey Slobozhanyuk, Dmitry Filonov</t>
   </si>
   <si>
     <t>2023 IEEE-APS Topical Conference on Antennas and Propagation in Wireless Communications (APWC)</t>
   </si>
   <si>
     <t>10.1109/apwc57320.2023.10297483</t>
   </si>
   <si>
     <t>Temperature-Controlled Topological Zigzag Arrays of Resonators</t>
   </si>
   <si>
     <t>Georgiy Kurganov, Ekaterina Puhtina, Ildar Yusupov, Alexey Slobozhanyuk, Yuri Kivshar, Dmitry Zhirihin</t>
   </si>
   <si>
     <t>2023 Seventeenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials58257.2023.10289521</t>
   </si>
   <si>
     <t>Reconfigurable electromagnetic topological states in arrays of coupled dielectric resonators</t>
@@ -260,66 +296,66 @@
   <si>
     <t>Superscattering for non-spherical objects</t>
   </si>
   <si>
     <t>Sergei Krasikov, Mikhail Odit, Ildar Yusupov, Diana Shakirova, Alexey Shcherbakov, Alexey Slobozhanyuk, Dmitry Filonov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>012073</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012073</t>
   </si>
   <si>
     <t>Miniaturized all-angle accessible RIFD tag</t>
   </si>
   <si>
     <t>Ildar Yusupov, Sergei Krasikov, Diana Shakirova, Andrey Bogdanov, Dmitry Filonov</t>
   </si>
   <si>
     <t>012092</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012092</t>
   </si>
   <si>
+    <t>Chipless wireless temperature sensor based on quasi-BIC resonance</t>
+  </si>
+  <si>
+    <t>10.1063/5.0064480</t>
+  </si>
+  <si>
     <t>Anapole-enabled RFID security against far-field attacks</t>
   </si>
   <si>
     <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Andrey Bogdanov, Dmitry Filonov</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0394</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1063/5.0064480</t>
   </si>
   <si>
     <t>Erratum: Multipolar engineering of subwavelength dielectric particles for scattering enhancement [Phys. Rev. Applied 15, 024052 (2021)]</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.16.039901</t>
   </si>
   <si>
     <t>Omnidirectional miniature RFID tag</t>
   </si>
   <si>
     <t>033503</t>
   </si>
   <si>
     <t>10.1063/5.0054740</t>
   </si>
   <si>
     <t>High-Permittivity Ceramic Tags Miniaturization for Long-Range RFID Applications</t>
   </si>
   <si>
     <t>Ildar Yusupov, Sergei Krasikov, Diana Shakirova, Andrey Bogdanov, Alexey Slobozhanyuk, Dmitry Filonov</t>
   </si>
   <si>
     <t>2021 15th European Conference on Antennas and Propagation (EuCAP)</t>
   </si>
@@ -692,51 +728,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I29"/>
+  <dimension ref="A1:I32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="227.516" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -805,702 +841,771 @@
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5" t="s">
         <v>24</v>
       </c>
-      <c r="D5">
-[...4 lines deleted...]
-      </c>
       <c r="F5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
-      <c r="H5">
-[...4 lines deleted...]
-      </c>
+      <c r="H5"/>
+      <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6"/>
+      <c r="E6" t="s">
         <v>28</v>
       </c>
-      <c r="D6">
-[...2 lines deleted...]
-      <c r="E6"/>
       <c r="F6">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
-      <c r="H6">
-[...4 lines deleted...]
-      </c>
+      <c r="H6"/>
+      <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="E7"/>
+        <v>63</v>
+      </c>
+      <c r="E7">
+        <v>101327</v>
+      </c>
       <c r="F7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7">
-        <v>3.97</v>
+        <v>3.01</v>
       </c>
       <c r="I7">
-        <v>1.03</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
-      <c r="D8"/>
+      <c r="D8">
+        <v>20</v>
+      </c>
       <c r="E8"/>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
-      <c r="H8"/>
-      <c r="I8"/>
+      <c r="H8">
+        <v>4.99</v>
+      </c>
+      <c r="I8">
+        <v>1.88</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
-      <c r="D9"/>
+      <c r="D9">
+        <v>123</v>
+      </c>
       <c r="E9"/>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
-      <c r="H9"/>
-      <c r="I9"/>
+      <c r="H9">
+        <v>3.97</v>
+      </c>
+      <c r="I9">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" t="s">
         <v>43</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10"/>
+      <c r="E10" t="s">
         <v>44</v>
       </c>
-      <c r="D10"/>
-      <c r="E10"/>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
         <v>48</v>
       </c>
       <c r="D11"/>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E11"/>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11" t="s">
-        <v>50</v>
-[...6 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" t="s">
         <v>51</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G12" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" t="s">
         <v>55</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G13" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
         <v>59</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14">
+        <v>2023</v>
+      </c>
+      <c r="G14" t="s">
         <v>62</v>
       </c>
-      <c r="F14">
-[...4 lines deleted...]
-      </c>
       <c r="H14">
-        <v>4.82</v>
+        <v>3.6</v>
       </c>
       <c r="I14">
-        <v>2.13</v>
+        <v>1.37</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" t="s">
         <v>64</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="D15"/>
+      <c r="E15"/>
       <c r="F15">
         <v>2022</v>
       </c>
       <c r="G15" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="D16"/>
       <c r="E16"/>
       <c r="F16">
         <v>2022</v>
       </c>
       <c r="G16" t="s">
-        <v>68</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C17" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="D17"/>
       <c r="E17" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F17">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G17" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="H17"/>
+        <v>75</v>
+      </c>
+      <c r="H17">
+        <v>4.82</v>
+      </c>
       <c r="I17">
-        <v>0.21</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="D18">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>120</v>
+      </c>
+      <c r="E18">
+        <v>233105</v>
       </c>
       <c r="F18">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G18" t="s">
         <v>77</v>
       </c>
-      <c r="H18"/>
+      <c r="H18">
+        <v>3.97</v>
+      </c>
       <c r="I18">
-        <v>0.21</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>78</v>
       </c>
       <c r="B19" t="s">
         <v>79</v>
       </c>
       <c r="C19" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="D19">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19"/>
+      <c r="F19">
+        <v>2022</v>
+      </c>
+      <c r="G19" t="s">
         <v>80</v>
       </c>
-      <c r="F19">
-[...5 lines deleted...]
-      <c r="H19"/>
+      <c r="H19">
+        <v>5.0</v>
+      </c>
       <c r="I19">
-        <v>0.21</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" t="s">
         <v>82</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>83</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20">
+        <v>2015</v>
+      </c>
+      <c r="E20" t="s">
         <v>84</v>
       </c>
-      <c r="D20">
-[...2 lines deleted...]
-      <c r="E20"/>
       <c r="F20">
         <v>2021</v>
       </c>
       <c r="G20" t="s">
         <v>85</v>
       </c>
-      <c r="H20">
-[...1 lines deleted...]
-      </c>
+      <c r="H20"/>
       <c r="I20">
-        <v>2.12</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>86</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>87</v>
       </c>
       <c r="C21" t="s">
-        <v>32</v>
+        <v>83</v>
       </c>
       <c r="D21">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>193504</v>
+        <v>2015</v>
+      </c>
+      <c r="E21" t="s">
+        <v>88</v>
       </c>
       <c r="F21">
         <v>2021</v>
       </c>
       <c r="G21" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="H21"/>
       <c r="I21">
-        <v>1.03</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B22" t="s">
-        <v>75</v>
+        <v>91</v>
       </c>
       <c r="C22" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="D22">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E22"/>
+        <v>2015</v>
+      </c>
+      <c r="E22" t="s">
+        <v>92</v>
+      </c>
       <c r="F22">
         <v>2021</v>
       </c>
       <c r="G22" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="H22"/>
       <c r="I22">
-        <v>1.53</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B23" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="C23" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="D23">
         <v>119</v>
       </c>
-      <c r="E23" t="s">
-        <v>91</v>
+      <c r="E23">
+        <v>193504</v>
       </c>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="H23">
         <v>3.97</v>
       </c>
       <c r="I23">
         <v>1.03</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B24" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C24" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D24"/>
+        <v>98</v>
+      </c>
+      <c r="D24">
+        <v>0</v>
+      </c>
       <c r="E24"/>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-      <c r="I24"/>
+        <v>99</v>
+      </c>
+      <c r="H24">
+        <v>7.92</v>
+      </c>
+      <c r="I24">
+        <v>2.12</v>
+      </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B25" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="C25" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D25">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E25"/>
       <c r="F25">
         <v>2021</v>
       </c>
       <c r="G25" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="H25">
         <v>4.93</v>
       </c>
       <c r="I25">
         <v>1.53</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B26" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="C26" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="D26">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E26"/>
+        <v>119</v>
+      </c>
+      <c r="E26" t="s">
+        <v>103</v>
+      </c>
       <c r="F26">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G26" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="H26">
-        <v>4.38</v>
+        <v>3.97</v>
       </c>
       <c r="I26">
-        <v>1.24</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B27" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="C27" t="s">
-        <v>103</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27"/>
       <c r="F27">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G27" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="H27"/>
-      <c r="I27">
-[...1 lines deleted...]
-      </c>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B28" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="C28" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="D28">
+        <v>15</v>
+      </c>
+      <c r="E28"/>
       <c r="F28">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G28" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="H28">
-        <v>4.39</v>
+        <v>4.93</v>
       </c>
       <c r="I28">
-        <v>1.65</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B29" t="s">
-        <v>70</v>
+        <v>112</v>
       </c>
       <c r="C29" t="s">
-        <v>109</v>
+        <v>11</v>
       </c>
       <c r="D29">
-        <v>102</v>
+        <v>10</v>
       </c>
       <c r="E29"/>
       <c r="F29">
         <v>2020</v>
       </c>
       <c r="G29" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="H29">
+        <v>4.38</v>
+      </c>
+      <c r="I29">
+        <v>1.24</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" t="s">
+        <v>114</v>
+      </c>
+      <c r="B30" t="s">
+        <v>106</v>
+      </c>
+      <c r="C30" t="s">
+        <v>115</v>
+      </c>
+      <c r="D30">
+        <v>2300</v>
+      </c>
+      <c r="E30" t="s">
+        <v>116</v>
+      </c>
+      <c r="F30">
+        <v>2020</v>
+      </c>
+      <c r="G30" t="s">
+        <v>117</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" t="s">
+        <v>118</v>
+      </c>
+      <c r="B31" t="s">
+        <v>106</v>
+      </c>
+      <c r="C31" t="s">
+        <v>73</v>
+      </c>
+      <c r="D31"/>
+      <c r="E31" t="s">
+        <v>74</v>
+      </c>
+      <c r="F31">
+        <v>2020</v>
+      </c>
+      <c r="G31" t="s">
+        <v>119</v>
+      </c>
+      <c r="H31">
+        <v>4.39</v>
+      </c>
+      <c r="I31">
+        <v>1.65</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" t="s">
+        <v>120</v>
+      </c>
+      <c r="B32" t="s">
+        <v>82</v>
+      </c>
+      <c r="C32" t="s">
+        <v>121</v>
+      </c>
+      <c r="D32">
+        <v>102</v>
+      </c>
+      <c r="E32"/>
+      <c r="F32">
+        <v>2020</v>
+      </c>
+      <c r="G32" t="s">
+        <v>122</v>
+      </c>
+      <c r="H32">
         <v>4.04</v>
       </c>
-      <c r="I29">
+      <c r="I32">
         <v>1.78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>