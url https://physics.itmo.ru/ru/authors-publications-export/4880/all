--- v1 (2025-11-18)
+++ v2 (2025-12-13)
@@ -65,77 +65,77 @@
   <si>
     <t>Miniaturization limits of ceramic UHF RFID tags</t>
   </si>
   <si>
     <t>Alyona Maksimenko, Dmitry Dobrykh, Ildar Yusupov, Mingzhao Song, Irina Melchakova, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>10.1038/s41598-025-88051-y</t>
   </si>
   <si>
     <t>Fabrication of Copper Patterns on a Curved Surface by Direct Laser Metallization from Deep Eutectic Solvents</t>
   </si>
   <si>
     <t>Dmitry Shestakov, Evgeniia Khairullina, Andrey Shishov, Ildar Yusupov, Andrey Komlev, Daria Markina, Eduard Danilovskiy, Mingzhao Song, Sergey Makarov, Ilya Tumkin, Lev Logunov</t>
   </si>
   <si>
     <t>Advanced Engineering Materials</t>
   </si>
   <si>
     <t>10.1002/adem.202401652</t>
   </si>
   <si>
+    <t>Two-Dimensional Near-Field Localization of Active Tag in the NFC Frequency Range</t>
+  </si>
+  <si>
+    <t>Sergey Geyman, Julia Grigorovich, Ildar Yusupov, Mikhail Udrov</t>
+  </si>
+  <si>
+    <t>2024 Antennas Design and Measurement International Conference (ADMInC)</t>
+  </si>
+  <si>
+    <t>23-25</t>
+  </si>
+  <si>
+    <t>10.1109/adminc63617.2024.10775366</t>
+  </si>
+  <si>
     <t>Distance Determination of Active Tag Location in the Near Field of Two Coils on NFC Standard Frequency</t>
   </si>
   <si>
     <t>Julia Grigorovich, Sergey Geyman, Ildar Yusupov, Mikhail Udrov</t>
   </si>
   <si>
-    <t>2024 Antennas Design and Measurement International Conference (ADMInC)</t>
-[...1 lines deleted...]
-  <si>
     <t>26-29</t>
   </si>
   <si>
     <t>10.1109/adminc63617.2024.10775556</t>
   </si>
   <si>
-    <t>Two-Dimensional Near-Field Localization of Active Tag in the NFC Frequency Range</t>
-[...10 lines deleted...]
-  <si>
     <t>Temperature Sensing with Passive Ceramic RFID Tag</t>
   </si>
   <si>
     <t>Dmitry Dobrykh, Alyona Maksimenko, Ildar Yusupov, Mikhail Udrov</t>
   </si>
   <si>
     <t>30-32</t>
   </si>
   <si>
     <t>10.1109/adminc63617.2024.10775843</t>
   </si>
   <si>
     <t>Long-range over-a-meter NFC link budget with distributed large-area coils</t>
   </si>
   <si>
     <t>Anton Kharchevskii, Ildar Yusupov, Dmitry Dobrykh, Mikhail Udrov, Sergey Geyman,  Юлия Григорович, Aleksandr Zolotarev, Mikhail Sidorenko, Irina Melchakova, Anna Mikhailovskaya, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101327</t>
   </si>
   <si>
     <t>Resonance cascading in a ceramic tag for long-range omnidirectional radio-frequency identification communication</t>
@@ -257,105 +257,105 @@
   <si>
     <t>IEEE Transactions on Antennas and Propagation</t>
   </si>
   <si>
     <t>1-1</t>
   </si>
   <si>
     <t>10.1109/tap.2022.3195551</t>
   </si>
   <si>
     <t>Temperature control of electromagnetic topological edge states</t>
   </si>
   <si>
     <t>10.1063/5.0096841</t>
   </si>
   <si>
     <t>Self-aligning roly-poly RFID tag</t>
   </si>
   <si>
     <t>Ildar Yusupov, Alexey Slobozhanyuk, Dmitry Filonov</t>
   </si>
   <si>
     <t>10.1038/s41598-022-06061-6</t>
   </si>
   <si>
+    <t>Superscattering for non-spherical objects</t>
+  </si>
+  <si>
+    <t>Sergei Krasikov, Mikhail Odit, Ildar Yusupov, Diana Shakirova, Alexey Shcherbakov, Alexey Slobozhanyuk, Dmitry Filonov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012073</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012073</t>
+  </si>
+  <si>
+    <t>Miniaturized all-angle accessible RIFD tag</t>
+  </si>
+  <si>
+    <t>Ildar Yusupov, Sergei Krasikov, Diana Shakirova, Andrey Bogdanov, Dmitry Filonov</t>
+  </si>
+  <si>
+    <t>012092</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012092</t>
+  </si>
+  <si>
     <t>Generalized Kerker effect in dielectric antennas for enhanced backscattering modulation</t>
   </si>
   <si>
     <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Konstantin Ladutenko, Dmitry Filonov, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012136</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012136</t>
   </si>
   <si>
-    <t>Superscattering for non-spherical objects</t>
-[...20 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012092</t>
+    <t>Anapole-enabled RFID security against far-field attacks</t>
+  </si>
+  <si>
+    <t>Diana Shakirova, Sergei Krasikov, Ildar Yusupov, Alexey Slobozhanyuk, Andrey Bogdanov, Dmitry Filonov</t>
+  </si>
+  <si>
+    <t>Nanophotonics</t>
+  </si>
+  <si>
+    <t>10.1515/nanoph-2021-0394</t>
   </si>
   <si>
     <t>Chipless wireless temperature sensor based on quasi-BIC resonance</t>
   </si>
   <si>
     <t>10.1063/5.0064480</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1515/nanoph-2021-0394</t>
   </si>
   <si>
     <t>Erratum: Multipolar engineering of subwavelength dielectric particles for scattering enhancement [Phys. Rev. Applied 15, 024052 (2021)]</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.16.039901</t>
   </si>
   <si>
     <t>Omnidirectional miniature RFID tag</t>
   </si>
   <si>
     <t>033503</t>
   </si>
   <si>
     <t>10.1063/5.0054740</t>
   </si>
   <si>
     <t>High-Permittivity Ceramic Tags Miniaturization for Long-Range RFID Applications</t>
   </si>
   <si>
     <t>Ildar Yusupov, Sergei Krasikov, Diana Shakirova, Andrey Bogdanov, Alexey Slobozhanyuk, Dmitry Filonov</t>
   </si>
   <si>
     <t>2021 15th European Conference on Antennas and Propagation (EuCAP)</t>
   </si>
@@ -983,51 +983,51 @@
       <c r="C9" t="s">
         <v>40</v>
       </c>
       <c r="D9">
         <v>123</v>
       </c>
       <c r="E9"/>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
       <c r="H9">
         <v>3.97</v>
       </c>
       <c r="I9">
         <v>1.03</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
@@ -1302,184 +1302,184 @@
       <c r="C22" t="s">
         <v>83</v>
       </c>
       <c r="D22">
         <v>2015</v>
       </c>
       <c r="E22" t="s">
         <v>92</v>
       </c>
       <c r="F22">
         <v>2021</v>
       </c>
       <c r="G22" t="s">
         <v>93</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>0.21</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>94</v>
       </c>
       <c r="B23" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="C23" t="s">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="D23">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="E23"/>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H23">
-        <v>3.97</v>
+        <v>7.92</v>
       </c>
       <c r="I23">
-        <v>1.03</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B24" t="s">
-        <v>97</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="D24">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="E24"/>
+        <v>119</v>
+      </c>
+      <c r="E24">
+        <v>193504</v>
+      </c>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
         <v>99</v>
       </c>
       <c r="H24">
-        <v>7.92</v>
+        <v>3.97</v>
       </c>
       <c r="I24">
-        <v>2.12</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>100</v>
       </c>
       <c r="B25" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="C25" t="s">
         <v>36</v>
       </c>
       <c r="D25">
         <v>16</v>
       </c>
       <c r="E25"/>
       <c r="F25">
         <v>2021</v>
       </c>
       <c r="G25" t="s">
         <v>101</v>
       </c>
       <c r="H25">
         <v>4.93</v>
       </c>
       <c r="I25">
         <v>1.53</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>102</v>
       </c>
       <c r="B26" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C26" t="s">
         <v>40</v>
       </c>
       <c r="D26">
         <v>119</v>
       </c>
       <c r="E26" t="s">
         <v>103</v>
       </c>
       <c r="F26">
         <v>2021</v>
       </c>
       <c r="G26" t="s">
         <v>104</v>
       </c>
       <c r="H26">
         <v>3.97</v>
       </c>
       <c r="I26">
         <v>1.03</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>105</v>
       </c>
       <c r="B27" t="s">
         <v>106</v>
       </c>
       <c r="C27" t="s">
         <v>107</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27">
         <v>2021</v>
       </c>
       <c r="G27" t="s">
         <v>108</v>
       </c>
       <c r="H27"/>
       <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>109</v>
       </c>
       <c r="B28" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="C28" t="s">
         <v>36</v>
       </c>
       <c r="D28">
         <v>15</v>
       </c>
       <c r="E28"/>
       <c r="F28">
         <v>2021</v>
       </c>
       <c r="G28" t="s">
         <v>110</v>
       </c>
       <c r="H28">
         <v>4.93</v>
       </c>
       <c r="I28">
         <v>1.53</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>111</v>
       </c>
@@ -1543,51 +1543,51 @@
       <c r="C31" t="s">
         <v>73</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
         <v>74</v>
       </c>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
         <v>119</v>
       </c>
       <c r="H31">
         <v>4.39</v>
       </c>
       <c r="I31">
         <v>1.65</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>120</v>
       </c>
       <c r="B32" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="C32" t="s">
         <v>121</v>
       </c>
       <c r="D32">
         <v>102</v>
       </c>
       <c r="E32"/>
       <c r="F32">
         <v>2020</v>
       </c>
       <c r="G32" t="s">
         <v>122</v>
       </c>
       <c r="H32">
         <v>4.04</v>
       </c>
       <c r="I32">
         <v>1.78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>