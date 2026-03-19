--- v2 (2025-12-13)
+++ v3 (2026-03-19)
@@ -107,51 +107,51 @@
   <si>
     <t>Julia Grigorovich, Sergey Geyman, Ildar Yusupov, Mikhail Udrov</t>
   </si>
   <si>
     <t>26-29</t>
   </si>
   <si>
     <t>10.1109/adminc63617.2024.10775556</t>
   </si>
   <si>
     <t>Temperature Sensing with Passive Ceramic RFID Tag</t>
   </si>
   <si>
     <t>Dmitry Dobrykh, Alyona Maksimenko, Ildar Yusupov, Mikhail Udrov</t>
   </si>
   <si>
     <t>30-32</t>
   </si>
   <si>
     <t>10.1109/adminc63617.2024.10775843</t>
   </si>
   <si>
     <t>Long-range over-a-meter NFC link budget with distributed large-area coils</t>
   </si>
   <si>
-    <t>Anton Kharchevskii, Ildar Yusupov, Dmitry Dobrykh, Mikhail Udrov, Sergey Geyman,  Юлия Григорович, Aleksandr Zolotarev, Mikhail Sidorenko, Irina Melchakova, Anna Mikhailovskaya, Pavel Ginzburg</t>
+    <t>Anton Kharchevskii, Ildar Yusupov, Dmitry Dobrykh, Mikhail Udrov, Sergey Geyman, Julia Grigorovich, Aleksandr Zolotarev, Mikhail Sidorenko, Irina Melchakova, Anna Mikhailovskaya, Pavel Ginzburg</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2024.101327</t>
   </si>
   <si>
     <t>Resonance cascading in a ceramic tag for long-range omnidirectional radio-frequency identification communication</t>
   </si>
   <si>
     <t>Alyona Maksimenko, Ildar Yusupov, Dmitry Filonov, Alexey Slobozhanyuk</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.20.064022</t>
   </si>
   <si>
     <t>Quasi-BIC high-index resonators for liquid characterization and analysis</t>
   </si>
   <si>
     <t>Ildar Yusupov, Polina Terekhina, Dmitry Filonov, Mikhail Rybin, Alexey Slobozhanyuk</t>
   </si>
@@ -737,51 +737,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="228.801" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>