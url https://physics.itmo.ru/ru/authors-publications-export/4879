--- v1 (2025-12-03)
+++ v2 (2026-02-05)
@@ -260,75 +260,75 @@
   <si>
     <t>Cascades of Fano resonances in light scattering by dielectric particles</t>
   </si>
   <si>
     <t>Nikolay Solodovchenko, Mikhail Sidorenko, Timur Seidov, Igor Popov, Elizaveta Nenasheva, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>Materials Today</t>
   </si>
   <si>
     <t>10.1016/j.mattod.2022.09.007</t>
   </si>
   <si>
     <t>Collective states with high quality factors in chains of dielectric resonators</t>
   </si>
   <si>
     <t>Mikhail Mikhailovskii, Roman Savelev, Mikhail Sidorenko, Zarina Sadrieva, Andrey Bogdanov, Mihail Petrov</t>
   </si>
   <si>
     <t>St. Petersburg Polytechnic University Journal - Physics and Mathematics</t>
   </si>
   <si>
     <t>10.18721/JPM.153.341</t>
   </si>
   <si>
+    <t>Omnidirectional Photonic Bandgap in Two-dimensional Photonic Quasicrystal Made of Near-Transparent Dielectric Material</t>
+  </si>
+  <si>
+    <t>Ruslan Yafyasov, Mikhail Sidorenko, Mikhail Rybin, Alexander Petrov, Andrey Sayanskiy</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012164</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012164</t>
+  </si>
+  <si>
     <t>Scattering spectra of dielectric ring: microwave experiments</t>
   </si>
   <si>
     <t>Nikolay Solodovchenko, Mikhail Sidorenko</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012144</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012144</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012164</t>
   </si>
   <si>
     <t>Accidental bound state in the continuum in a chain of dielectric disks</t>
   </si>
   <si>
     <t>Mikhail Sidorenko, Olga Sergaeva, Zarina Sadrieva, C. Roques-Carmes, P. S. Muraev, D. N. Maksimov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>2021 Conference on Lasers and Electro-Optics Europe &amp;amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</t>
   </si>
   <si>
     <t>10.1109/cleo/europe-eqec52157.2021.9592618</t>
   </si>
   <si>
     <t>Control over Light Emission in Low‐Refractive‐Index Artificial Materials Inspired by Reciprocal Design</t>
   </si>
   <si>
     <t>Lukas Maiwald, Timo Sommer, Mikhail Sidorenko, Ruslan Yafyasov, Meraj E. Mustafa, Marvin Schulz, Mikhail Rybin, Manfred Eich, Alexander Yu. Petrov</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202100785</t>
   </si>