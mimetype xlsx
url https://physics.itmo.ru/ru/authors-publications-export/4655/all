--- v0 (2025-10-06)
+++ v1 (2025-11-03)
@@ -164,99 +164,99 @@
   <si>
     <t>10.1515/nanoph-2021-0378</t>
   </si>
   <si>
     <t>Transparent hybrid anapole metasurfaces with negligible electromagnetic coupling for phase engineering</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Adria Сanos Valero, Mikhail Tarkhov, Vjaceslavs Bobrovs, Dmitrii Redka, Alexander Shalin</t>
   </si>
   <si>
     <t>4385-4398</t>
   </si>
   <si>
     <t>10.1515/nanoph-2021-0377</t>
   </si>
   <si>
     <t>Theory, Observation, and Ultrafast Response of the Hybrid Anapole Regime in Light Scattering</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Fedor Benimetskiy, Dmitry Pidgayko, Anton Samusev,  Andrey B. Evlyukhin, Vjaceslavs Bobrovs, Dmitrii Redka, Michael I. Tribelsky, Mohsen Rahmani, Khosro Zangeneh Kamali, Alexander A. Pavlov, Andrey E. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1002/lpor.202100114</t>
   </si>
   <si>
+    <t>Spin-locked scattering forces in the near field of high index particles</t>
+  </si>
+  <si>
+    <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz,  Hadi. K. Shamkhi, Alexander. A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020016</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031977</t>
+  </si>
+  <si>
     <t>Optical properties of a metasurface based on silicon nanocylinders in a hybrid Anapole state</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Adria Сanos Valero, Alexander Shalin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020075</t>
   </si>
   <si>
     <t>10.1063/5.0031735</t>
   </si>
   <si>
     <t>Hybrid anapoles: Near-zero scattering States driven by high order modal interference</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Andrey Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>020015</t>
   </si>
   <si>
     <t>10.1063/5.0031974</t>
   </si>
   <si>
     <t>Effective electromagnetic fields of a particle situated near a substrate</t>
   </si>
   <si>
     <t>Hadi Shamkhi Al Naeemah, Adria Сanos Valero, Alexander Shalin</t>
   </si>
   <si>
     <t>020115</t>
   </si>
   <si>
     <t>10.1063/5.0031705</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0031977</t>
   </si>
   <si>
     <t>Nanovortex‐Driven All‐Dielectric Optical Diffusion Boosting and Sorting Concept for Lab‐on‐a‐Chip Platforms</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz, Hadi Shamkhi Al Naeemah, Alexander A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
   </si>
   <si>
     <t>Advanced Science</t>
   </si>
   <si>
     <t>10.1002/advs.201903049</t>
   </si>
   <si>
     <t>Optically-driven Rotation of Perfectly Absorbing Nanoparticles</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Alexander Shalin</t>
   </si>
   <si>
     <t>012021</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012021</t>
   </si>