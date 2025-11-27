--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -41,75 +41,75 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Novel concept for contactless all-optical temperature measurement based on diffusion-inspired phosphorescent decay in nanostructured environment</t>
+  </si>
+  <si>
+    <t>Denis Kislov, Denis Novitsky, Alexey Kadochkin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020054</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031716</t>
+  </si>
+  <si>
     <t>The exceptional points of non-Hermitian optical systems: Scattering matrix definition, coherent perfect absorption, and lasing</t>
   </si>
   <si>
     <t>Denis Novitsky, Alexander Shalin, Andrey V. Novitsky</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020092</t>
   </si>
   <si>
     <t>10.1063/5.0031767</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0031716</t>
   </si>
   <si>
     <t>Diffusion-inspired time-varying phosphorescent decay in a nanostructured environment</t>
   </si>
   <si>
     <t>Denis Kislov, Denis Novitsky, Alexey Kadochkin, Dmitrii Redka, Alexander Shalin</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.101.035420</t>
   </si>
   <si>
     <t>Kink-based mirrorless quasi-bistability in resonantly absorbing media</t>
   </si>
   <si>
     <t>Denis Novitsky, Alexander Shalin</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.45.000137</t>
   </si>