--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -131,168 +131,168 @@
   <si>
     <t>Investigation of the light emission in the local tunnel junction and its dependence on the contact surface morphology</t>
   </si>
   <si>
     <t>Vitaliy Shkoldin, Dmitry Permyakov, Konstantin Ladutenko, Alexey Bolshakov, Andrey Bogdanov, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012005</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1199/1/012005</t>
   </si>
   <si>
     <t>Crucial Role of Metal Surface Morphology in Photon Emission from Tunnel Junction at Ambient Conditions</t>
   </si>
   <si>
     <t>Journal of Physical Chemistry C</t>
   </si>
   <si>
     <t>10.1021/acs.jpcc.8b11271</t>
   </si>
   <si>
+    <t>Microlens-Enhanced Substrate Patterning and MBE Growth of GaP Nanowires</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>2088-2091</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618160054</t>
+  </si>
+  <si>
+    <t>Influence of condensation enhancement effect on AFM image contrast inversion in hydrophilic nanocapillaries</t>
+  </si>
+  <si>
+    <t>Ivan Mukhin, Alexey Mozharov, Alexey Bolshakov</t>
+  </si>
+  <si>
+    <t>Applied Surface Science</t>
+  </si>
+  <si>
+    <t>621-626</t>
+  </si>
+  <si>
+    <t>10.1016/j.apsusc.2018.11.212</t>
+  </si>
+  <si>
+    <t>Influence of Au surface properties on photon emission from localized metal-insulator-metal tunnel contact</t>
+  </si>
+  <si>
+    <t>Vitaliy Shkoldin, Dmitry Permyakov, Alexey Bolshakov, Anton Samusev, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1124/4/041018</t>
+  </si>
+  <si>
+    <t>Theoretical modeling of the self-catalyzed nanowire growth: nucleation-and adsorption-limited regimes</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Materials Research Express</t>
+  </si>
+  <si>
+    <t>10.1088/2053-1591/aa9e9d</t>
+  </si>
+  <si>
+    <t>Self-Catalyzed MBE-Grown GaP Nanowires on Si (111): V/III Ratio Effects on the Morphology and Crystal Phase Switching</t>
+  </si>
+  <si>
+    <t>2092-2095</t>
+  </si>
+  <si>
+    <t>10.1134/S106378261816008X</t>
+  </si>
+  <si>
+    <t>Study of SiC buffer layer thickness influence on photovoltaic properties of n-GaN NWs/SiC/p-Si heterostructure</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Materials Science in Semiconductor Processing</t>
+  </si>
+  <si>
+    <t>20-25</t>
+  </si>
+  <si>
+    <t>10.1016/j.mssp.2018.09.024</t>
+  </si>
+  <si>
+    <t>Dopant-stimulated growth of GaN nanotube-like nanostructures on Si (111) by molecular beam epitaxy</t>
+  </si>
+  <si>
+    <t>Beilstein Journal of Nanotechnology</t>
+  </si>
+  <si>
+    <t>146-154</t>
+  </si>
+  <si>
+    <t>10.3762/bjnano.9.17</t>
+  </si>
+  <si>
     <t>Core-Shell III-Nitride Nanowire Heterostructure: Negative Differential Resistance and Device Application Potential</t>
   </si>
   <si>
-    <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin</t>
-[...4 lines deleted...]
-  <si>
     <t>489-492</t>
   </si>
   <si>
     <t>10.1134/S1063782618040231</t>
   </si>
   <si>
     <t>Effect of the Conductive Channel Cut-Off on Operation of n+–n–n+ GaN NW-Based Gunn Diode</t>
   </si>
   <si>
     <t>Alexey Mozharov, Filipp Komissarenko, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
     <t>1809-1812</t>
   </si>
   <si>
     <t>10.1134/S106378261814021X</t>
   </si>
   <si>
     <t>Droplet epitaxy mediated growth of GaN nanostructures on Si (111) via plasma-assisted molecular beam epitaxy</t>
   </si>
   <si>
-    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>CrystEngComm</t>
   </si>
   <si>
     <t>3370-3380</t>
   </si>
   <si>
     <t>10.1039/C8CE00348C</t>
-  </si>
-[...76 lines deleted...]
-    <t>10.3762/bjnano.9.17</t>
   </si>
   <si>
     <t>Simulation of photovoltaic efficiency of a tandem solar cell on Si with GaN nanowires as an emitter layer</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012041</t>
   </si>
   <si>
     <t>Modeling, synthesis and study of highly efficient solar cells based on III-nitride nanowire arrays grown on Si substrates</t>
   </si>
   <si>
     <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin,  Harmand J. C.</t>
   </si>
   <si>
     <t>10.1088/1742-6596/643/1/012115</t>
   </si>
   <si>
     <t>Numerical modeling of photovoltaic efficiency of n-type GaN nanowires on p-type Si heterojunction</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>507-510</t>
   </si>
@@ -899,307 +899,307 @@
       </c>
       <c r="E9" t="s">
         <v>42</v>
       </c>
       <c r="F9">
         <v>2019</v>
       </c>
       <c r="G9" t="s">
         <v>43</v>
       </c>
       <c r="H9">
         <v>0.64</v>
       </c>
       <c r="I9">
         <v>0.3</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D10">
-        <v>52</v>
+        <v>471</v>
       </c>
       <c r="E10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F10">
         <v>2019</v>
       </c>
       <c r="G10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H10">
-        <v>0.64</v>
+        <v>6.18</v>
       </c>
       <c r="I10">
-        <v>0.3</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C11" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="D11">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>1124</v>
+      </c>
+      <c r="E11">
+        <v>41018</v>
       </c>
       <c r="F11">
         <v>2019</v>
       </c>
       <c r="G11" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="H11"/>
       <c r="I11">
-        <v>0.81</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
         <v>53</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>54</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>4</v>
+      </c>
+      <c r="E12">
+        <v>125027</v>
       </c>
       <c r="F12">
         <v>2019</v>
       </c>
       <c r="G12" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="H12">
-        <v>0.64</v>
+        <v>1.93</v>
       </c>
       <c r="I12">
-        <v>0.3</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>40</v>
+      </c>
+      <c r="C13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D13">
+        <v>52</v>
+      </c>
+      <c r="E13" t="s">
         <v>57</v>
-      </c>
-[...10 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F13">
         <v>2019</v>
       </c>
       <c r="G13" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="H13">
-        <v>6.18</v>
+        <v>0.64</v>
       </c>
       <c r="I13">
-        <v>1.23</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14">
+        <v>90</v>
+      </c>
+      <c r="E14" t="s">
         <v>62</v>
-      </c>
-[...10 lines deleted...]
-        <v>41018</v>
       </c>
       <c r="F14">
         <v>2019</v>
       </c>
       <c r="G14" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="H14"/>
+        <v>63</v>
+      </c>
+      <c r="H14">
+        <v>3.09</v>
+      </c>
       <c r="I14">
-        <v>0.22</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>53</v>
+      </c>
+      <c r="C15" t="s">
         <v>65</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15">
+        <v>9</v>
+      </c>
+      <c r="E15" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>125027</v>
       </c>
       <c r="F15">
         <v>2019</v>
       </c>
       <c r="G15" t="s">
         <v>67</v>
       </c>
       <c r="H15">
-        <v>1.93</v>
+        <v>2.61</v>
       </c>
       <c r="I15">
-        <v>0.37</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>68</v>
       </c>
       <c r="B16" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16">
         <v>52</v>
       </c>
       <c r="E16" t="s">
         <v>69</v>
       </c>
       <c r="F16">
         <v>2019</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
       <c r="H16">
         <v>0.64</v>
       </c>
       <c r="I16">
         <v>0.3</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="C17" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="D17">
-        <v>90</v>
+        <v>52</v>
       </c>
       <c r="E17" t="s">
         <v>73</v>
       </c>
       <c r="F17">
         <v>2019</v>
       </c>
       <c r="G17" t="s">
         <v>74</v>
       </c>
       <c r="H17">
-        <v>3.09</v>
+        <v>0.64</v>
       </c>
       <c r="I17">
-        <v>0.67</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>75</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
         <v>76</v>
       </c>
       <c r="D18">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E18" t="s">
         <v>77</v>
       </c>
       <c r="F18">
         <v>2019</v>
       </c>
       <c r="G18" t="s">
         <v>78</v>
       </c>
       <c r="H18">
-        <v>2.61</v>
+        <v>3.12</v>
       </c>
       <c r="I18">
-        <v>0.66</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="C19" t="s">
         <v>33</v>
       </c>
       <c r="D19">
         <v>690</v>
       </c>
       <c r="E19">
         <v>12041</v>
       </c>
       <c r="F19">
         <v>2016</v>
       </c>
       <c r="G19" t="s">
         <v>80</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>0.25</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>81</v>
       </c>
@@ -1209,51 +1209,51 @@
       <c r="C20" t="s">
         <v>33</v>
       </c>
       <c r="D20">
         <v>643</v>
       </c>
       <c r="E20">
         <v>12115</v>
       </c>
       <c r="F20">
         <v>2015</v>
       </c>
       <c r="G20" t="s">
         <v>83</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>0.26</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>84</v>
       </c>
       <c r="B21" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>85</v>
       </c>
       <c r="D21">
         <v>9</v>
       </c>
       <c r="E21" t="s">
         <v>86</v>
       </c>
       <c r="F21">
         <v>2015</v>
       </c>
       <c r="G21" t="s">
         <v>87</v>
       </c>
       <c r="H21">
         <v>2.14</v>
       </c>
       <c r="I21">
         <v>1.16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>