--- v1 (2025-10-29)
+++ v2 (2025-12-22)
@@ -131,168 +131,168 @@
   <si>
     <t>Investigation of the light emission in the local tunnel junction and its dependence on the contact surface morphology</t>
   </si>
   <si>
     <t>Vitaliy Shkoldin, Dmitry Permyakov, Konstantin Ladutenko, Alexey Bolshakov, Andrey Bogdanov, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012005</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1199/1/012005</t>
   </si>
   <si>
     <t>Crucial Role of Metal Surface Morphology in Photon Emission from Tunnel Junction at Ambient Conditions</t>
   </si>
   <si>
     <t>Journal of Physical Chemistry C</t>
   </si>
   <si>
     <t>10.1021/acs.jpcc.8b11271</t>
   </si>
   <si>
+    <t>Dopant-stimulated growth of GaN nanotube-like nanostructures on Si (111) by molecular beam epitaxy</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Beilstein Journal of Nanotechnology</t>
+  </si>
+  <si>
+    <t>146-154</t>
+  </si>
+  <si>
+    <t>10.3762/bjnano.9.17</t>
+  </si>
+  <si>
+    <t>Core-Shell III-Nitride Nanowire Heterostructure: Negative Differential Resistance and Device Application Potential</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>489-492</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618040231</t>
+  </si>
+  <si>
+    <t>Effect of the Conductive Channel Cut-Off on Operation of n+–n–n+ GaN NW-Based Gunn Diode</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Filipp Komissarenko, Alexey Bolshakov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>1809-1812</t>
+  </si>
+  <si>
+    <t>10.1134/S106378261814021X</t>
+  </si>
+  <si>
+    <t>Droplet epitaxy mediated growth of GaN nanostructures on Si (111) via plasma-assisted molecular beam epitaxy</t>
+  </si>
+  <si>
+    <t>CrystEngComm</t>
+  </si>
+  <si>
+    <t>3370-3380</t>
+  </si>
+  <si>
+    <t>10.1039/C8CE00348C</t>
+  </si>
+  <si>
     <t>Microlens-Enhanced Substrate Patterning and MBE Growth of GaP Nanowires</t>
   </si>
   <si>
     <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
   </si>
   <si>
-    <t>Semiconductors</t>
-[...1 lines deleted...]
-  <si>
     <t>2088-2091</t>
   </si>
   <si>
     <t>10.1134/S1063782618160054</t>
   </si>
   <si>
     <t>Influence of condensation enhancement effect on AFM image contrast inversion in hydrophilic nanocapillaries</t>
   </si>
   <si>
     <t>Ivan Mukhin, Alexey Mozharov, Alexey Bolshakov</t>
   </si>
   <si>
     <t>Applied Surface Science</t>
   </si>
   <si>
     <t>621-626</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2018.11.212</t>
   </si>
   <si>
     <t>Influence of Au surface properties on photon emission from localized metal-insulator-metal tunnel contact</t>
   </si>
   <si>
     <t>Vitaliy Shkoldin, Dmitry Permyakov, Alexey Bolshakov, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1124/4/041018</t>
   </si>
   <si>
     <t>Theoretical modeling of the self-catalyzed nanowire growth: nucleation-and adsorption-limited regimes</t>
   </si>
   <si>
-    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>Materials Research Express</t>
   </si>
   <si>
     <t>10.1088/2053-1591/aa9e9d</t>
   </si>
   <si>
     <t>Self-Catalyzed MBE-Grown GaP Nanowires on Si (111): V/III Ratio Effects on the Morphology and Crystal Phase Switching</t>
   </si>
   <si>
     <t>2092-2095</t>
   </si>
   <si>
     <t>10.1134/S106378261816008X</t>
   </si>
   <si>
     <t>Study of SiC buffer layer thickness influence on photovoltaic properties of n-GaN NWs/SiC/p-Si heterostructure</t>
   </si>
   <si>
-    <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>Materials Science in Semiconductor Processing</t>
   </si>
   <si>
     <t>20-25</t>
   </si>
   <si>
     <t>10.1016/j.mssp.2018.09.024</t>
-  </si>
-[...43 lines deleted...]
-    <t>10.1039/C8CE00348C</t>
   </si>
   <si>
     <t>Simulation of photovoltaic efficiency of a tandem solar cell on Si with GaN nanowires as an emitter layer</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012041</t>
   </si>
   <si>
     <t>Modeling, synthesis and study of highly efficient solar cells based on III-nitride nanowire arrays grown on Si substrates</t>
   </si>
   <si>
     <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin,  Harmand J. C.</t>
   </si>
   <si>
     <t>10.1088/1742-6596/643/1/012115</t>
   </si>
   <si>
     <t>Numerical modeling of photovoltaic efficiency of n-type GaN nanowires on p-type Si heterojunction</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>507-510</t>
   </si>
@@ -873,333 +873,333 @@
       </c>
       <c r="F8">
         <v>2019</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="H8">
         <v>4.19</v>
       </c>
       <c r="I8">
         <v>1.48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="E9" t="s">
         <v>42</v>
       </c>
       <c r="F9">
         <v>2019</v>
       </c>
       <c r="G9" t="s">
         <v>43</v>
       </c>
       <c r="H9">
-        <v>0.64</v>
+        <v>2.61</v>
       </c>
       <c r="I9">
-        <v>0.3</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
       <c r="C10" t="s">
         <v>46</v>
       </c>
       <c r="D10">
-        <v>471</v>
+        <v>52</v>
       </c>
       <c r="E10" t="s">
         <v>47</v>
       </c>
       <c r="F10">
         <v>2019</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10">
-        <v>6.18</v>
+        <v>0.64</v>
       </c>
       <c r="I10">
-        <v>1.23</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>50</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D11">
-        <v>1124</v>
-[...2 lines deleted...]
-        <v>41018</v>
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>51</v>
       </c>
       <c r="F11">
         <v>2019</v>
       </c>
       <c r="G11" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="H11"/>
+        <v>52</v>
+      </c>
+      <c r="H11">
+        <v>0.64</v>
+      </c>
       <c r="I11">
-        <v>0.22</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B12" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="C12" t="s">
         <v>54</v>
       </c>
       <c r="D12">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>125027</v>
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>55</v>
       </c>
       <c r="F12">
         <v>2019</v>
       </c>
       <c r="G12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H12">
-        <v>1.93</v>
+        <v>3.12</v>
       </c>
       <c r="I12">
-        <v>0.37</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="C13" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D13">
         <v>52</v>
       </c>
       <c r="E13" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F13">
         <v>2019</v>
       </c>
       <c r="G13" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="H13">
         <v>0.64</v>
       </c>
       <c r="I13">
         <v>0.3</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B14" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C14" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D14">
-        <v>90</v>
+        <v>471</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F14">
         <v>2019</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="H14">
-        <v>3.09</v>
+        <v>6.18</v>
       </c>
       <c r="I14">
-        <v>0.67</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="C15" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="D15">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>1124</v>
+      </c>
+      <c r="E15">
+        <v>41018</v>
       </c>
       <c r="F15">
         <v>2019</v>
       </c>
       <c r="G15" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="H15"/>
       <c r="I15">
-        <v>0.66</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B16" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="D16">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>4</v>
+      </c>
+      <c r="E16">
+        <v>125027</v>
       </c>
       <c r="F16">
         <v>2019</v>
       </c>
       <c r="G16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H16">
-        <v>0.64</v>
+        <v>1.93</v>
       </c>
       <c r="I16">
-        <v>0.3</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B17" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D17">
         <v>52</v>
       </c>
       <c r="E17" t="s">
         <v>73</v>
       </c>
       <c r="F17">
         <v>2019</v>
       </c>
       <c r="G17" t="s">
         <v>74</v>
       </c>
       <c r="H17">
         <v>0.64</v>
       </c>
       <c r="I17">
         <v>0.3</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>75</v>
       </c>
       <c r="B18" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="C18" t="s">
         <v>76</v>
       </c>
       <c r="D18">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="E18" t="s">
         <v>77</v>
       </c>
       <c r="F18">
         <v>2019</v>
       </c>
       <c r="G18" t="s">
         <v>78</v>
       </c>
       <c r="H18">
-        <v>3.12</v>
+        <v>3.09</v>
       </c>
       <c r="I18">
-        <v>0.81</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="C19" t="s">
         <v>33</v>
       </c>
       <c r="D19">
         <v>690</v>
       </c>
       <c r="E19">
         <v>12041</v>
       </c>
       <c r="F19">
         <v>2016</v>
       </c>
       <c r="G19" t="s">
         <v>80</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>0.25</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>81</v>
       </c>
@@ -1209,51 +1209,51 @@
       <c r="C20" t="s">
         <v>33</v>
       </c>
       <c r="D20">
         <v>643</v>
       </c>
       <c r="E20">
         <v>12115</v>
       </c>
       <c r="F20">
         <v>2015</v>
       </c>
       <c r="G20" t="s">
         <v>83</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>0.26</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>84</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="C21" t="s">
         <v>85</v>
       </c>
       <c r="D21">
         <v>9</v>
       </c>
       <c r="E21" t="s">
         <v>86</v>
       </c>
       <c r="F21">
         <v>2015</v>
       </c>
       <c r="G21" t="s">
         <v>87</v>
       </c>
       <c r="H21">
         <v>2.14</v>
       </c>
       <c r="I21">
         <v>1.16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>