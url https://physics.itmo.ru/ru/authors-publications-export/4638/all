--- v2 (2025-12-22)
+++ v3 (2026-01-19)
@@ -131,168 +131,168 @@
   <si>
     <t>Investigation of the light emission in the local tunnel junction and its dependence on the contact surface morphology</t>
   </si>
   <si>
     <t>Vitaliy Shkoldin, Dmitry Permyakov, Konstantin Ladutenko, Alexey Bolshakov, Andrey Bogdanov, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>Journal of Physics: Conference Series</t>
   </si>
   <si>
     <t>012005</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1199/1/012005</t>
   </si>
   <si>
     <t>Crucial Role of Metal Surface Morphology in Photon Emission from Tunnel Junction at Ambient Conditions</t>
   </si>
   <si>
     <t>Journal of Physical Chemistry C</t>
   </si>
   <si>
     <t>10.1021/acs.jpcc.8b11271</t>
   </si>
   <si>
+    <t>Effect of the Conductive Channel Cut-Off on Operation of n+–n–n+ GaN NW-Based Gunn Diode</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Filipp Komissarenko, Alexey Bolshakov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>1809-1812</t>
+  </si>
+  <si>
+    <t>10.1134/S106378261814021X</t>
+  </si>
+  <si>
+    <t>Droplet epitaxy mediated growth of GaN nanostructures on Si (111) via plasma-assisted molecular beam epitaxy</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>CrystEngComm</t>
+  </si>
+  <si>
+    <t>3370-3380</t>
+  </si>
+  <si>
+    <t>10.1039/C8CE00348C</t>
+  </si>
+  <si>
+    <t>Microlens-Enhanced Substrate Patterning and MBE Growth of GaP Nanowires</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>2088-2091</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618160054</t>
+  </si>
+  <si>
+    <t>Influence of condensation enhancement effect on AFM image contrast inversion in hydrophilic nanocapillaries</t>
+  </si>
+  <si>
+    <t>Ivan Mukhin, Alexey Mozharov, Alexey Bolshakov</t>
+  </si>
+  <si>
+    <t>Applied Surface Science</t>
+  </si>
+  <si>
+    <t>621-626</t>
+  </si>
+  <si>
+    <t>10.1016/j.apsusc.2018.11.212</t>
+  </si>
+  <si>
+    <t>Influence of Au surface properties on photon emission from localized metal-insulator-metal tunnel contact</t>
+  </si>
+  <si>
+    <t>Vitaliy Shkoldin, Dmitry Permyakov, Alexey Bolshakov, Anton Samusev, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1124/4/041018</t>
+  </si>
+  <si>
+    <t>Theoretical modeling of the self-catalyzed nanowire growth: nucleation-and adsorption-limited regimes</t>
+  </si>
+  <si>
+    <t>Materials Research Express</t>
+  </si>
+  <si>
+    <t>10.1088/2053-1591/aa9e9d</t>
+  </si>
+  <si>
+    <t>Self-Catalyzed MBE-Grown GaP Nanowires on Si (111): V/III Ratio Effects on the Morphology and Crystal Phase Switching</t>
+  </si>
+  <si>
+    <t>2092-2095</t>
+  </si>
+  <si>
+    <t>10.1134/S106378261816008X</t>
+  </si>
+  <si>
+    <t>Study of SiC buffer layer thickness influence on photovoltaic properties of n-GaN NWs/SiC/p-Si heterostructure</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Materials Science in Semiconductor Processing</t>
+  </si>
+  <si>
+    <t>20-25</t>
+  </si>
+  <si>
+    <t>10.1016/j.mssp.2018.09.024</t>
+  </si>
+  <si>
     <t>Dopant-stimulated growth of GaN nanotube-like nanostructures on Si (111) by molecular beam epitaxy</t>
   </si>
   <si>
-    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>Beilstein Journal of Nanotechnology</t>
   </si>
   <si>
     <t>146-154</t>
   </si>
   <si>
     <t>10.3762/bjnano.9.17</t>
   </si>
   <si>
     <t>Core-Shell III-Nitride Nanowire Heterostructure: Negative Differential Resistance and Device Application Potential</t>
   </si>
   <si>
-    <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin</t>
-[...4 lines deleted...]
-  <si>
     <t>489-492</t>
   </si>
   <si>
     <t>10.1134/S1063782618040231</t>
-  </si>
-[...88 lines deleted...]
-    <t>10.1016/j.mssp.2018.09.024</t>
   </si>
   <si>
     <t>Simulation of photovoltaic efficiency of a tandem solar cell on Si with GaN nanowires as an emitter layer</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012041</t>
   </si>
   <si>
     <t>Modeling, synthesis and study of highly efficient solar cells based on III-nitride nanowire arrays grown on Si substrates</t>
   </si>
   <si>
     <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin,  Harmand J. C.</t>
   </si>
   <si>
     <t>10.1088/1742-6596/643/1/012115</t>
   </si>
   <si>
     <t>Numerical modeling of photovoltaic efficiency of n-type GaN nanowires on p-type Si heterojunction</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>507-510</t>
   </si>
@@ -873,333 +873,333 @@
       </c>
       <c r="F8">
         <v>2019</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="H8">
         <v>4.19</v>
       </c>
       <c r="I8">
         <v>1.48</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="E9" t="s">
         <v>42</v>
       </c>
       <c r="F9">
         <v>2019</v>
       </c>
       <c r="G9" t="s">
         <v>43</v>
       </c>
       <c r="H9">
-        <v>2.61</v>
+        <v>0.64</v>
       </c>
       <c r="I9">
-        <v>0.66</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
       <c r="C10" t="s">
         <v>46</v>
       </c>
       <c r="D10">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="E10" t="s">
         <v>47</v>
       </c>
       <c r="F10">
         <v>2019</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
       <c r="H10">
-        <v>0.64</v>
+        <v>3.12</v>
       </c>
       <c r="I10">
-        <v>0.3</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>50</v>
       </c>
       <c r="C11" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D11">
         <v>52</v>
       </c>
       <c r="E11" t="s">
         <v>51</v>
       </c>
       <c r="F11">
         <v>2019</v>
       </c>
       <c r="G11" t="s">
         <v>52</v>
       </c>
       <c r="H11">
         <v>0.64</v>
       </c>
       <c r="I11">
         <v>0.3</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>53</v>
       </c>
       <c r="B12" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="C12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D12">
-        <v>20</v>
+        <v>471</v>
       </c>
       <c r="E12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F12">
         <v>2019</v>
       </c>
       <c r="G12" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H12">
-        <v>3.12</v>
+        <v>6.18</v>
       </c>
       <c r="I12">
-        <v>0.81</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C13" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D13">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>1124</v>
+      </c>
+      <c r="E13">
+        <v>41018</v>
       </c>
       <c r="F13">
         <v>2019</v>
       </c>
       <c r="G13" t="s">
         <v>60</v>
       </c>
-      <c r="H13">
-[...1 lines deleted...]
-      </c>
+      <c r="H13"/>
       <c r="I13">
-        <v>0.3</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" t="s">
+        <v>45</v>
+      </c>
+      <c r="C14" t="s">
         <v>62</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>4</v>
+      </c>
+      <c r="E14">
+        <v>125027</v>
       </c>
       <c r="F14">
         <v>2019</v>
       </c>
       <c r="G14" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="H14">
-        <v>6.18</v>
+        <v>1.93</v>
       </c>
       <c r="I14">
-        <v>1.23</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B15" t="s">
-        <v>67</v>
+        <v>50</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D15">
-        <v>1124</v>
-[...2 lines deleted...]
-        <v>41018</v>
+        <v>52</v>
+      </c>
+      <c r="E15" t="s">
+        <v>65</v>
       </c>
       <c r="F15">
         <v>2019</v>
       </c>
       <c r="G15" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="H15"/>
+        <v>66</v>
+      </c>
+      <c r="H15">
+        <v>0.64</v>
+      </c>
       <c r="I15">
-        <v>0.22</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" t="s">
         <v>69</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16">
+        <v>90</v>
+      </c>
+      <c r="E16" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>125027</v>
       </c>
       <c r="F16">
         <v>2019</v>
       </c>
       <c r="G16" t="s">
         <v>71</v>
       </c>
       <c r="H16">
-        <v>1.93</v>
+        <v>3.09</v>
       </c>
       <c r="I16">
-        <v>0.37</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>72</v>
       </c>
       <c r="B17" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="D17">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="E17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F17">
         <v>2019</v>
       </c>
       <c r="G17" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H17">
-        <v>0.64</v>
+        <v>2.61</v>
       </c>
       <c r="I17">
-        <v>0.3</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="C18" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="D18">
-        <v>90</v>
+        <v>52</v>
       </c>
       <c r="E18" t="s">
         <v>77</v>
       </c>
       <c r="F18">
         <v>2019</v>
       </c>
       <c r="G18" t="s">
         <v>78</v>
       </c>
       <c r="H18">
-        <v>3.09</v>
+        <v>0.64</v>
       </c>
       <c r="I18">
-        <v>0.67</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="C19" t="s">
         <v>33</v>
       </c>
       <c r="D19">
         <v>690</v>
       </c>
       <c r="E19">
         <v>12041</v>
       </c>
       <c r="F19">
         <v>2016</v>
       </c>
       <c r="G19" t="s">
         <v>80</v>
       </c>
       <c r="H19"/>
       <c r="I19">
         <v>0.25</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>81</v>
       </c>
@@ -1209,51 +1209,51 @@
       <c r="C20" t="s">
         <v>33</v>
       </c>
       <c r="D20">
         <v>643</v>
       </c>
       <c r="E20">
         <v>12115</v>
       </c>
       <c r="F20">
         <v>2015</v>
       </c>
       <c r="G20" t="s">
         <v>83</v>
       </c>
       <c r="H20"/>
       <c r="I20">
         <v>0.26</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>84</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="C21" t="s">
         <v>85</v>
       </c>
       <c r="D21">
         <v>9</v>
       </c>
       <c r="E21" t="s">
         <v>86</v>
       </c>
       <c r="F21">
         <v>2015</v>
       </c>
       <c r="G21" t="s">
         <v>87</v>
       </c>
       <c r="H21">
         <v>2.14</v>
       </c>
       <c r="I21">
         <v>1.16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>