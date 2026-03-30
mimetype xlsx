--- v1 (2025-10-30)
+++ v2 (2026-03-30)
@@ -44,228 +44,228 @@
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Light-driven anisotropy of 2D metal-organic framework single crystal for repeatable optical modulation</t>
   </si>
   <si>
-    <t>Yuliya Kenzhebayeva, Nikita Kulachenkov, Sergei Rzhevskii, Pavel A. Slepukhin, Vladimir V. Shilovskikh, Anastasia Efimova, Pavel Alekseevskiy, Gennady Y. Gor, Alina Emelianova, Sergei Shipilovskikh, Irina D. Yushina, Alexander Krylov, Dmitry I. Pavlov, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
+    <t>Yuliya Kenzhebayeva, Nikita Kulachenkov, Sergei Rzhevskii, Pavel A. Slepukhin, Vladimir V. Shilovskikh, Anastasia Efimova, Pavel Alekseevskiy, Gennady Y. Gor, Alina Emelianova, Sergei Shipilovskikh, Irina D. Yushina, Alexander Krylov, Dmitry I. Pavlov, Vladimir P. Fedin, Andrei S. Potapov</t>
   </si>
   <si>
     <t>Communications Materials</t>
   </si>
   <si>
     <t>10.1038/s43246-024-00485-5</t>
   </si>
   <si>
     <t>Laser-Assisted Design of MOF-Derivative Platforms from Nano- to Centimeter Scales for Photonic and Catalytic Applications</t>
   </si>
   <si>
-    <t>Ekaterina Gunina, Nikolaj Zhestkij, Maksim Sergeev, Semyon Bachinin, Yuri Mezenov, Nikita Kulachenkov, Maria Timofeeva, Valentina Ivashchenko, Alexander Timin, Sergei Shipilovskikh, Dmitry I. Pavlov, Andrei S. Potapov, Jiang Gong, Laura Khamkhash, Timur Sh. Atabaev, Stephanie Bruyere, Valentin Milichko</t>
+    <t>Ekaterina Gunina, Nikolaj Zhestkij, Maksim Sergeev, Semyon Bachinin, Yuri Mezenov, Nikita Kulachenkov, Maria Timofeeva, Valentina Ivashchenko, Alexander Timin, Sergei Shipilovskikh, Dmitry I. Pavlov, Andrei S. Potapov, Jiang Gong, Laura Khamkhash, Timur Sh. Atabaev, Stephanie Bruyere</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.3c10193</t>
   </si>
   <si>
     <t>Metal-mediated tunability of MOF-based optical modulators</t>
   </si>
   <si>
-    <t>Nikita Kulachenkov, Bogdan Orlioglo, Eugene S. Vasilyev, Svyatoslav Povarov, Alexander M. Agafontsev, Semyon Bachinin, Sergei Shipilovskikh, Artem  Lunev, Denis G. Samsonenko, Vladimir P. Fedin, Konstantin A. Kovalenko, Valentin Milichko</t>
+    <t>Nikita Kulachenkov, Bogdan Orlioglo, Eugene S. Vasilyev, Svyatoslav Povarov, Alexander M. Agafontsev, Semyon Bachinin, Sergei Shipilovskikh, Artem  Lunev, Denis G. Samsonenko, Vladimir P. Fedin, Konstantin A. Kovalenko</t>
   </si>
   <si>
     <t>Chemical Communications</t>
   </si>
   <si>
     <t>9964-9967</t>
   </si>
   <si>
     <t>10.1039/d3cc02180g</t>
   </si>
   <si>
     <t>Dimensionality Mediated Highly Repeatable and Fast Transformation of Coordination Polymer Single Crystals for All-Optical Data Processing</t>
   </si>
   <si>
-    <t>Nikita Kulachenkov, Marina Barsukova, Pavel Alekseevskiy, Aleksandr A. Sapianik, Maxim Sergeev, Andrei Yankin, Andrey Krasilin, Semyon Bachinin, Sergei Shipilovskikh, Petr Poturaev, Natalia Medvedeva, Ekaterina Denislamova, Pavel S. Zelenovskiy, Vladimir V. Shilovskikh, Yuliya Kenzhebayeva, Anastasia Efimova, Alexander S. Novikov, Artem  Lunev, Vladimir P. Fedin, Valentin Milichko</t>
+    <t>Nikita Kulachenkov, Marina Barsukova, Pavel Alekseevskiy, Aleksandr A. Sapianik, Maxim Sergeev, Andrei Yankin, Andrey Krasilin, Semyon Bachinin, Sergei Shipilovskikh, Petr Poturaev, Natalia Medvedeva, Ekaterina Denislamova, Pavel S. Zelenovskiy, Vladimir V. Shilovskikh, Yuliya Kenzhebayeva, Anastasia Efimova, Alexander S. Novikov, Artem  Lunev, Vladimir P. Fedin</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>6972-6981</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.2c01770</t>
   </si>
   <si>
     <t>Hierarchical Hexagonal Boron Nitride Nanowall-Decorated Silicon Nanoparticles for Tunable Ink-Free Coloring</t>
   </si>
   <si>
-    <t>Louise-Eugénie Bataille, Ivan S. Merenkov, Vitaly Yaroshenko, Pavel Kustov, Pavel Alekseevskiy, Nikita Kulachenkov, Yuliya Kenzhebayeva, Roman Savelev, Dmitry Zuev, Alexandre Nomine, Julien Zollinger, Anna A. Voroshnina, Marina L. Kosinova, Valentin Milichko</t>
+    <t>Louise-Eugénie Bataille, Ivan S. Merenkov, Vitaly Yaroshenko, Pavel Kustov, Pavel Alekseevskiy, Nikita Kulachenkov, Yuliya Kenzhebayeva, Roman Savelev, Dmitry Zuev, Alexandre Nomine, Julien Zollinger, Anna A. Voroshnina, Marina L. Kosinova</t>
   </si>
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>6106-6114</t>
   </si>
   <si>
     <t>10.1021/acsanm.1c04308</t>
   </si>
   <si>
     <t>Light-Induced Color Switching of Single Metal–Organic Framework Nanocrystals</t>
   </si>
   <si>
-    <t>Yuliya Kenzhebayeva, Semyon Bachinin, Aleksandr Solomonov, Venera Gilemkhanova, Sergei Shipilovskikh, Nikita Kulachenkov, Sergey P. Fisenko, Mikhail Rybin, Valentin Milichko</t>
+    <t>Yuliya Kenzhebayeva, Semyon Bachinin, Aleksandr Solomonov, Venera Gilemkhanova, Sergei Shipilovskikh, Nikita Kulachenkov, Sergey P. Fisenko, Mikhail Rybin</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>777-783</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c03630</t>
   </si>
   <si>
     <t>Flexible Metal‐Organic Framework for Mechanical Sub Tbyte inch            −2            Data Recording under Ambient Condition</t>
   </si>
   <si>
-    <t>Pavel Alekseevskiy, Sergei Rzhevskii, Venera Gilemkhanova, Nikita Kulachenkov, A. Sapianik, M. Barsukova, V. P. Fedin, Valentin Milichko</t>
+    <t>Pavel Alekseevskiy, Sergei Rzhevskii, Venera Gilemkhanova, Nikita Kulachenkov, A. Sapianik, M. Barsukova, V. P. Fedin</t>
   </si>
   <si>
     <t>Advanced Materials Interfaces</t>
   </si>
   <si>
     <t>10.1002/admi.202101196</t>
   </si>
   <si>
     <t>MOF‐Based Sustainable Memory Devices</t>
   </si>
   <si>
-    <t>Nikita Kulachenkov, Quentin Haar, Sergei Shipilovskikh, Andrei Yankin, Jean‐François Pierson, Alexandre Nomine, Valentin Milichko</t>
+    <t>Nikita Kulachenkov, Quentin Haar, Sergei Shipilovskikh, Andrei Yankin, Jean‐François Pierson, Alexandre Nomine</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202107949</t>
   </si>
   <si>
     <t>Electron beam induced nanoparticle growth in metal-organic frameworks</t>
   </si>
   <si>
-    <t>Yuri Mezenov, Nikita Kulachenkov, Stéphanie Bruyere, Valentin Milichko</t>
+    <t>Yuri Mezenov, Nikita Kulachenkov, Stéphanie Bruyere</t>
   </si>
   <si>
     <t>AIP Conference Proceedings</t>
   </si>
   <si>
     <t>020086</t>
   </si>
   <si>
     <t>10.1063/5.0031914</t>
   </si>
   <si>
     <t>Optical switching in metal-organic framework</t>
   </si>
   <si>
-    <t>Nikita Kulachenkov, Andrei Yankin, Valentin Milichko</t>
+    <t>Nikita Kulachenkov, Andrei Yankin</t>
   </si>
   <si>
     <t>020073</t>
   </si>
   <si>
     <t>10.1063/5.0031913</t>
   </si>
   <si>
     <t>Polymer Matrix Incorporated with ZIF-8 for Application in Nonlinear Optics</t>
   </si>
   <si>
-    <t>Yuri Mezenov, Nikita Kulachenkov, Andrei Yankin, Sergey S. Rzhevskiy, Pavel Alekseevskiy, Venera Gilemkhanova, Semyon Bachinin, Vyacheslav Dyachuk, Valentin Milichko</t>
+    <t>Yuri Mezenov, Nikita Kulachenkov, Andrei Yankin, Sergey S. Rzhevskiy, Pavel Alekseevskiy, Venera Gilemkhanova, Semyon Bachinin, Vyacheslav Dyachuk</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano10061036</t>
   </si>
   <si>
     <t>Photochromic Free MOF‐Based Near‐Infrared Optical Switch</t>
   </si>
   <si>
-    <t>Valentin Milichko, Nikita Kulachenkov, Dapeng Sun, Yuri Mezenov, Andrei Yankin, Sergey Rzevskiy, Vyacheslav Dyachuk, Alexandre Nomine, Ghouti Medjahdi, Evgeny A. Pidko</t>
+    <t>Nikita Kulachenkov, Dapeng Sun, Yuri Mezenov, Andrei Yankin, Sergey Rzevskiy, Vyacheslav Dyachuk, Alexandre Nomine, Ghouti Medjahdi, Evgeny A. Pidko</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>15522 –15526</t>
   </si>
   <si>
     <t>10.1002/anie.202004293</t>
   </si>
   <si>
     <t>Synergistic Effect of Plasma and Laser Processes in Liquid for Alloyed-Nanoparticle Synthesis</t>
   </si>
   <si>
-    <t>Natalie Tarasenka, Alexandre Nomine, Alena Nevar, Mikhail Nedelko, Hiba Kabbara, Stéphanie Bruyère, Jaafar Ghanbaja, Cédric Noel, Andrey Krasilin, George Zograf, Valentin Milichko, Nikita Kulachenkov, Sergey Makarov, Thierry Belmonte, Nikolai Tarasenko</t>
+    <t>Natalie Tarasenka, Alexandre Nomine, Alena Nevar, Mikhail Nedelko, Hiba Kabbara, Stéphanie Bruyère, Jaafar Ghanbaja, Cédric Noel, Andrey Krasilin, George Zograf, Nikita Kulachenkov, Sergey Makarov, Thierry Belmonte, Nikolai Tarasenko</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>014021</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.13.014021</t>
   </si>
   <si>
     <t>Ultrafast Melting of Metal–Organic Frameworks for Advanced Nanophotonics</t>
   </si>
   <si>
-    <t>Nikita Kulachenkov, Stéphanie Bruyere, Sergey A. Sapchenko, Yuri Mezenov, Dapeng Sun, Andrey Krasilin, Alexandre Nomine, Jaâfar Ghanbaja, Thierry Belmonte, Vladimir P. Fedin, Evgeny A. Pidko, Valentin Milichko</t>
+    <t>Nikita Kulachenkov, Stéphanie Bruyere, Sergey A. Sapchenko, Yuri Mezenov, Dapeng Sun, Andrey Krasilin, Alexandre Nomine, Jaâfar Ghanbaja, Thierry Belmonte, Vladimir P. Fedin, Evgeny A. Pidko</t>
   </si>
   <si>
     <t>10.1002/adfm.201908292</t>
   </si>
   <si>
     <t>Study on Mems Glassblown Cells for NMR Sensors</t>
   </si>
   <si>
     <t>Radwan M. Noor, Nikita Kulachenkov, Mohammad H. Asadian, Andrei M. Shkel</t>
   </si>
   <si>
     <t>2019 IEEE International Symposium on Inertial Sensors and Systems (INERTIAL)</t>
   </si>
   <si>
     <t>10.1109/isiss.2019.8739655</t>
   </si>
   <si>
     <t>Towards magnetoencephalography based on ultrasensitive laser pumped non-zero field magnetic sensor</t>
   </si>
   <si>
     <t>A.E. Ossadtchi, Nikita Kulachenkov, D.S. Chuchelov, S.P. Dmitriev, A.S. Pazgalev, M.V. Petrenko, A.K. Vershovskii</t>
   </si>
   <si>
     <t>2018 International Conference Laser Optics (ICLO)</t>
   </si>
@@ -632,51 +632,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="452.889" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="430.466" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="98.976" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>