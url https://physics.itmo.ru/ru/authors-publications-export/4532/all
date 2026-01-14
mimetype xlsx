--- v0 (2025-10-08)
+++ v1 (2026-01-14)
@@ -263,126 +263,126 @@
   <si>
     <t>Wenjin Luo, Benjamin G. Whetten, Vasily Kravtsov, Ashutosh Singh, Yibo Yang, Di Huang, Xinbin Cheng, Tao Jiang, Alexey Belyanin, Markus B. Raschke</t>
   </si>
   <si>
     <t>1767-1773</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.2c04536</t>
   </si>
   <si>
     <t>Experimental study of all-van-der-Waals waveguide polaritons at room temperature</t>
   </si>
   <si>
     <t>Valeriy Kondratiev, Tatyana Ivanova, Mikhail Tiugaev, Anton Samusev, Vasily Kravtsov</t>
   </si>
   <si>
     <t>St. Petersburg Polytechnic University Journal - Physics and Mathematics</t>
   </si>
   <si>
     <t>223-225</t>
   </si>
   <si>
     <t>10.18721/JPM.153.343</t>
   </si>
   <si>
+    <t>Guided exciton-polaritons in a subwavelength dielectric slab integrated with a 2D semiconductor</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, Alexey Yulin, Vasily Kravtsov, Alexey Mikhin, Ivan Iorsh, Anton Samusev, D. N. Krizhanovskii</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012014</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012014</t>
+  </si>
+  <si>
     <t>Probing guided monolayer semiconductor polaritons below the light line</t>
   </si>
   <si>
     <t>Valeriy Kondratiev, Dmitry Permyakov, Vasily Kravtsov, D. N. Krizhanovskii, Anton Samusev</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012069</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012069</t>
   </si>
   <si>
-    <t>Guided exciton-polaritons in a subwavelength dielectric slab integrated with a 2D semiconductor</t>
-[...10 lines deleted...]
-  <si>
     <t>Valley polarization of trions in monolayer MoSe2 interfaced with bismuth iron garnet</t>
   </si>
   <si>
     <t>Vasily Kravtsov, Tatiana Ivanova, Artem Abramov, Polina V Shilina, Pavel O Kapralov, Dmitry N Krizhanovskii, Vladimir N Berzhansky, Vladimir I Belotelov, Ivan Shelykh, Alexander I Chernov, Ivan Iorsh</t>
   </si>
   <si>
     <t>015019</t>
   </si>
   <si>
     <t>10.1088/2053-1583/ac3887</t>
   </si>
   <si>
+    <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Sinev, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020010</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032076</t>
+  </si>
+  <si>
     <t>Electrically tunable trion-polaritons in MoSe2/hBN heterostructure integrated with a photonic crystal slab</t>
   </si>
   <si>
     <t>V. Kondratyev, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, K.-D. Park, M. S. Skolnick, Vasily Kravtsov, Ivan Iorsh</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020062</t>
   </si>
   <si>
     <t>10.1063/5.0032226</t>
   </si>
   <si>
     <t>Measurement of local optomechanical properties of MoSe2 monolayers</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, V. A. Sharov, P. A. Alekseev, Vasily Kravtsov, K.-D. Park, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
     <t>020008</t>
   </si>
   <si>
     <t>10.1063/5.0032285</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0032076</t>
   </si>
   <si>
     <t>Spin–valley dynamics in alloy-based transition metal dichalcogenide heterobilayers</t>
   </si>
   <si>
     <t>Vasily Kravtsov,  Aleksey D Liubomirov,  Roman V Cherbunin,  Alessandro Catanzaro,  Armando Genco,  Daniel Gillard,  Evgeny M Alexeev, Tatyana Ivanova, Ivan Shelykh,  Alexander I Tartakovskii,  Maurice S Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>025011</t>
   </si>
   <si>
     <t>10.1088/2053-1583/abcf12</t>
   </si>
   <si>
     <t>Spin-Valley Dynamics of Interlayer Excitons in Heterobilayers MoxW1–xSe2/WSe2</t>
   </si>
   <si>
     <t>A. D. Liubomirov, Vasily Kravtsov, R. V. Cherbunin</t>
   </si>
   <si>
     <t>Semiconductors</t>
   </si>
   <si>
     <t>1518-1521</t>
   </si>