--- v0 (2025-10-06)
+++ v1 (2025-11-08)
@@ -194,77 +194,77 @@
   <si>
     <t>Nanomass Sensing via Node Shift Tracing in Vibrations of Coupled Nanowires Enhanced by Fano Resonances</t>
   </si>
   <si>
     <t>Alexey Mozharov, Yury Berdnikov, Nikita Solomonov, Kristina Novikova, Irina Nadoyan, Vitaliy Shkoldin, Alexander Golubok, Denis Kislov, Alexander Shalin, Mihail Petrov, Ivan Mukhin</t>
   </si>
   <si>
     <t>11989-11996</t>
   </si>
   <si>
     <t>10.1021/acsanm.1c02558</t>
   </si>
   <si>
     <t>Luminescent Erbium‐Doped Silicon Thin Films for Advanced Anti‐Counterfeit Labels</t>
   </si>
   <si>
     <t>Artem Larin, Liliia N. Dvoretckaia, Alexey Mozharov, Ivan Mukhin, Artem Cherepakhin, Ivan Shishkin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.202005886</t>
   </si>
   <si>
+    <t>Indirect observation of the light emission in the tunnel junction with metal nanodisk</t>
+  </si>
+  <si>
+    <t>Denis Lebedev, Vitaliy Shkoldin, Alexey Mozharov, Alexander Golubok, Dmitry Permyakov, Anton Samusev, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020080</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032068</t>
+  </si>
+  <si>
     <t>Highly transparent and conductive textured single walled carbon nanotube electrode for optoelectronic applications</t>
   </si>
   <si>
     <t>D. M. Mitin, A. A. Vorobyev, Alexey Mozharov, S. A. Raudik, A. G. Nasibulin, Ivan Mukhin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020088</t>
   </si>
   <si>
     <t>10.1063/5.0031928</t>
   </si>
   <si>
-    <t>Indirect observation of the light emission in the tunnel junction with metal nanodisk</t>
-[...10 lines deleted...]
-  <si>
     <t>Nonlinear polaritons in a monolayer semiconductor coupled to optical bound states in the continuum</t>
   </si>
   <si>
     <t>Vasily Kravtsov, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, Ivan Sinev, Dmitry Pidgayko, Alexey Mozharov, Ivan Mukhin, Maksim S. Lozhkin, Yuri V. Kapitonov, Andrey S. Brichkin, Vladimir D. Kulakovskii, Ivan Shelykh, Alexander I. Tartakovskii, Paul M. Walker, Maurice S. Skolnick, Dmitry N. Krizhanovskii, Ivan Iorsh</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
   </si>
   <si>
     <t>10.1038/s41377-020-0286-z</t>
   </si>
   <si>
     <t>Electrically driven metal and all-dielectric nanoantennas for plasmon polariton excitation</t>
   </si>
   <si>
     <t>Liliia Dvoretckaia, Konstantin Ladutenko, Alexey Mozharov, Georgiy Zograf, Andrey Bogdanov, Ivan Mukhin</t>
   </si>
   <si>
     <t>Journal of Quantitative Spectroscopy and Radiative Transfer</t>
   </si>
   <si>
     <t>10.1016/j.jqsrt.2019.106825</t>
   </si>
   <si>
     <t>Indirect Detection of the Light Emission in the Local Tunnel Junction</t>
@@ -272,183 +272,183 @@
   <si>
     <t>Denis V. Lebedev, Alexey Mozharov,  Bolshakov A. D., Vitaliy Shkoldin, Dmitry Permyakov, Alexander O. Golubok, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>10.1002/pssr.201900607</t>
   </si>
   <si>
     <t>Peculiarities of Magnetron Sputtering of Nickel Oxide Thin Films for Use in Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Alexey Mozharov, Sergey Makarov, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
     <t>Technical Physics</t>
   </si>
   <si>
     <t>422-426</t>
   </si>
   <si>
     <t>10.1134/s1063784219030022</t>
   </si>
   <si>
+    <t>Dopant-stimulated growth of GaN nanotube-like nanostructures on Si (111) by molecular beam epitaxy</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Beilstein Journal of Nanotechnology</t>
+  </si>
+  <si>
+    <t>146-154</t>
+  </si>
+  <si>
+    <t>10.3762/bjnano.9.17</t>
+  </si>
+  <si>
+    <t>Core-Shell III-Nitride Nanowire Heterostructure: Negative Differential Resistance and Device Application Potential</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>489-492</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618040231</t>
+  </si>
+  <si>
+    <t>Effect of the Conductive Channel Cut-Off on Operation of n+–n–n+ GaN NW-Based Gunn Diode</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Filipp Komissarenko, Alexey Bolshakov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>1809-1812</t>
+  </si>
+  <si>
+    <t>10.1134/S106378261814021X</t>
+  </si>
+  <si>
+    <t>Annealing atmosphere influence on contact resistivity of ohmic Pd/Ge/Au contact to n-GaAs</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Nanosystems: Physics, Chemistry, Mathematics</t>
+  </si>
+  <si>
+    <t>789-792</t>
+  </si>
+  <si>
+    <t>10.17586/2220-8054-2018-9-6-789-792</t>
+  </si>
+  <si>
+    <t>Study of SiC buffer layer thickness influence on photovoltaic properties of n-GaN NWs/SiC/p-Si heterostructure</t>
+  </si>
+  <si>
+    <t>Materials Science in Semiconductor Processing</t>
+  </si>
+  <si>
+    <t>20-25</t>
+  </si>
+  <si>
+    <t>10.1016/j.mssp.2018.09.024</t>
+  </si>
+  <si>
     <t>Droplet epitaxy mediated growth of GaN nanostructures on Si (111) via plasma-assisted molecular beam epitaxy</t>
   </si>
   <si>
-    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>CrystEngComm</t>
   </si>
   <si>
     <t>3370-3380</t>
   </si>
   <si>
     <t>10.1039/C8CE00348C</t>
   </si>
   <si>
     <t>Microlens-Enhanced Substrate Patterning and MBE Growth of GaP Nanowires</t>
   </si>
   <si>
     <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
   </si>
   <si>
-    <t>Semiconductors</t>
-[...1 lines deleted...]
-  <si>
     <t>2088-2091</t>
   </si>
   <si>
     <t>10.1134/S1063782618160054</t>
   </si>
   <si>
     <t>Theoretical modeling of the self-catalyzed nanowire growth: nucleation-and adsorption-limited regimes</t>
   </si>
   <si>
     <t>Materials Research Express</t>
   </si>
   <si>
     <t>10.1088/2053-1591/aa9e9d</t>
   </si>
   <si>
     <t>Single-photon emitter at 80 K based on a dielectric nanoantenna with a CdSe/ZnSe quantum dot</t>
   </si>
   <si>
-    <t>Alexey Mozharov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>201-204</t>
   </si>
   <si>
     <t>10.1134/S0021364018150109</t>
   </si>
   <si>
     <t>Self-Catalyzed MBE-Grown GaP Nanowires on Si (111): V/III Ratio Effects on the Morphology and Crystal Phase Switching</t>
   </si>
   <si>
     <t>2092-2095</t>
   </si>
   <si>
     <t>10.1134/S106378261816008X</t>
   </si>
   <si>
     <t>Influence of condensation enhancement effect on AFM image contrast inversion in hydrophilic nanocapillaries</t>
   </si>
   <si>
     <t>Ivan Mukhin, Alexey Mozharov, Alexey Bolshakov</t>
   </si>
   <si>
     <t>Applied Surface Science</t>
   </si>
   <si>
     <t>621-626</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2018.11.212</t>
-  </si>
-[...58 lines deleted...]
-    <t>10.1016/j.mssp.2018.09.024</t>
   </si>
   <si>
     <t>Light outcoupling from quantum dot-based microdisk laser via plasmonic nanoantenna</t>
   </si>
   <si>
     <t>Ivan Mukhin, Alexey Mozharov, Filipp Komissarenko, Zarina Sadrieva, Andrey Bogdanov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>4 (2)</t>
   </si>
   <si>
     <t>275–281</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00552</t>
   </si>
   <si>
     <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
   </si>
@@ -1392,352 +1392,352 @@
       </c>
       <c r="F18">
         <v>2019</v>
       </c>
       <c r="G18" t="s">
         <v>85</v>
       </c>
       <c r="H18">
         <v>0.6</v>
       </c>
       <c r="I18">
         <v>0.38</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
       <c r="C19" t="s">
         <v>88</v>
       </c>
       <c r="D19">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E19" t="s">
         <v>89</v>
       </c>
       <c r="F19">
         <v>2019</v>
       </c>
       <c r="G19" t="s">
         <v>90</v>
       </c>
       <c r="H19">
-        <v>3.12</v>
+        <v>2.61</v>
       </c>
       <c r="I19">
-        <v>0.81</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>91</v>
       </c>
       <c r="B20" t="s">
         <v>92</v>
       </c>
       <c r="C20" t="s">
         <v>93</v>
       </c>
       <c r="D20">
         <v>52</v>
       </c>
       <c r="E20" t="s">
         <v>94</v>
       </c>
       <c r="F20">
         <v>2019</v>
       </c>
       <c r="G20" t="s">
         <v>95</v>
       </c>
       <c r="H20">
         <v>0.64</v>
       </c>
       <c r="I20">
         <v>0.3</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>96</v>
       </c>
       <c r="B21" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="C21" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D21">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>125027</v>
+        <v>52</v>
+      </c>
+      <c r="E21" t="s">
+        <v>98</v>
       </c>
       <c r="F21">
         <v>2019</v>
       </c>
       <c r="G21" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H21">
-        <v>1.93</v>
+        <v>0.64</v>
       </c>
       <c r="I21">
-        <v>0.37</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B22" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C22" t="s">
-        <v>44</v>
+        <v>102</v>
       </c>
       <c r="D22">
-        <v>108</v>
+        <v>9</v>
       </c>
       <c r="E22" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F22">
         <v>2019</v>
       </c>
       <c r="G22" t="s">
-        <v>102</v>
-[...6 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B23" t="s">
         <v>92</v>
       </c>
       <c r="C23" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="D23">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="E23" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F23">
         <v>2019</v>
       </c>
       <c r="G23" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="H23">
-        <v>0.64</v>
+        <v>3.09</v>
       </c>
       <c r="I23">
-        <v>0.3</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B24" t="s">
-        <v>107</v>
+        <v>87</v>
       </c>
       <c r="C24" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D24">
-        <v>471</v>
+        <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F24">
         <v>2019</v>
       </c>
       <c r="G24" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H24">
-        <v>6.18</v>
+        <v>3.12</v>
       </c>
       <c r="I24">
-        <v>1.23</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B25" t="s">
-        <v>87</v>
+        <v>114</v>
       </c>
       <c r="C25" t="s">
-        <v>112</v>
+        <v>93</v>
       </c>
       <c r="D25">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="E25" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F25">
         <v>2019</v>
       </c>
       <c r="G25" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="H25">
-        <v>2.61</v>
+        <v>0.64</v>
       </c>
       <c r="I25">
-        <v>0.66</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B26" t="s">
-        <v>116</v>
+        <v>87</v>
       </c>
       <c r="C26" t="s">
-        <v>93</v>
+        <v>118</v>
       </c>
       <c r="D26">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>4</v>
+      </c>
+      <c r="E26">
+        <v>125027</v>
       </c>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H26">
-        <v>0.64</v>
+        <v>1.93</v>
       </c>
       <c r="I26">
-        <v>0.3</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B27" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="C27" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="D27">
-        <v>52</v>
+        <v>108</v>
       </c>
       <c r="E27" t="s">
         <v>121</v>
       </c>
       <c r="F27">
         <v>2019</v>
       </c>
       <c r="G27" t="s">
         <v>122</v>
       </c>
       <c r="H27">
-        <v>0.64</v>
+        <v>1.4</v>
       </c>
       <c r="I27">
-        <v>0.3</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>123</v>
       </c>
       <c r="B28" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="C28" t="s">
+        <v>93</v>
+      </c>
+      <c r="D28">
+        <v>52</v>
+      </c>
+      <c r="E28" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F28">
         <v>2019</v>
       </c>
       <c r="G28" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-      <c r="I28"/>
+        <v>125</v>
+      </c>
+      <c r="H28">
+        <v>0.64</v>
+      </c>
+      <c r="I28">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>126</v>
+      </c>
+      <c r="B29" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="C29" t="s">
         <v>128</v>
       </c>
       <c r="D29">
-        <v>90</v>
+        <v>471</v>
       </c>
       <c r="E29" t="s">
         <v>129</v>
       </c>
       <c r="F29">
         <v>2019</v>
       </c>
       <c r="G29" t="s">
         <v>130</v>
       </c>
       <c r="H29">
-        <v>3.09</v>
+        <v>6.18</v>
       </c>
       <c r="I29">
-        <v>0.67</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>131</v>
       </c>
       <c r="B30" t="s">
         <v>132</v>
       </c>
       <c r="C30" t="s">
         <v>133</v>
       </c>
       <c r="D30" t="s">
         <v>134</v>
       </c>
       <c r="E30" t="s">
         <v>135</v>
       </c>
       <c r="F30">
         <v>2017</v>
       </c>
       <c r="G30" t="s">
         <v>136</v>
       </c>
       <c r="H30">
@@ -1757,51 +1757,51 @@
       <c r="C31" t="s">
         <v>49</v>
       </c>
       <c r="D31">
         <v>690</v>
       </c>
       <c r="E31">
         <v>12020</v>
       </c>
       <c r="F31">
         <v>2016</v>
       </c>
       <c r="G31" t="s">
         <v>139</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.25</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>140</v>
       </c>
       <c r="B32" t="s">
-        <v>116</v>
+        <v>92</v>
       </c>
       <c r="C32" t="s">
         <v>49</v>
       </c>
       <c r="D32">
         <v>690</v>
       </c>
       <c r="E32">
         <v>12041</v>
       </c>
       <c r="F32">
         <v>2016</v>
       </c>
       <c r="G32" t="s">
         <v>141</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0.25</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>142</v>
       </c>
@@ -1888,51 +1888,51 @@
       <c r="C36" t="s">
         <v>49</v>
       </c>
       <c r="D36">
         <v>643</v>
       </c>
       <c r="E36">
         <v>12115</v>
       </c>
       <c r="F36">
         <v>2015</v>
       </c>
       <c r="G36" t="s">
         <v>156</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.26</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>157</v>
       </c>
       <c r="B37" t="s">
-        <v>116</v>
+        <v>92</v>
       </c>
       <c r="C37" t="s">
         <v>79</v>
       </c>
       <c r="D37">
         <v>9</v>
       </c>
       <c r="E37" t="s">
         <v>158</v>
       </c>
       <c r="F37">
         <v>2015</v>
       </c>
       <c r="G37" t="s">
         <v>159</v>
       </c>
       <c r="H37">
         <v>2.14</v>
       </c>
       <c r="I37">
         <v>1.16</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">