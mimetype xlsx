--- v1 (2025-11-08)
+++ v2 (2025-11-30)
@@ -272,183 +272,183 @@
   <si>
     <t>Denis V. Lebedev, Alexey Mozharov,  Bolshakov A. D., Vitaliy Shkoldin, Dmitry Permyakov, Alexander O. Golubok, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>10.1002/pssr.201900607</t>
   </si>
   <si>
     <t>Peculiarities of Magnetron Sputtering of Nickel Oxide Thin Films for Use in Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Alexey Mozharov, Sergey Makarov, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
     <t>Technical Physics</t>
   </si>
   <si>
     <t>422-426</t>
   </si>
   <si>
     <t>10.1134/s1063784219030022</t>
   </si>
   <si>
+    <t>Microlens-Enhanced Substrate Patterning and MBE Growth of GaP Nanowires</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>2088-2091</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618160054</t>
+  </si>
+  <si>
+    <t>Theoretical modeling of the self-catalyzed nanowire growth: nucleation-and adsorption-limited regimes</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Materials Research Express</t>
+  </si>
+  <si>
+    <t>10.1088/2053-1591/aa9e9d</t>
+  </si>
+  <si>
+    <t>Single-photon emitter at 80 K based on a dielectric nanoantenna with a CdSe/ZnSe quantum dot</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>201-204</t>
+  </si>
+  <si>
+    <t>10.1134/S0021364018150109</t>
+  </si>
+  <si>
+    <t>Self-Catalyzed MBE-Grown GaP Nanowires on Si (111): V/III Ratio Effects on the Morphology and Crystal Phase Switching</t>
+  </si>
+  <si>
+    <t>2092-2095</t>
+  </si>
+  <si>
+    <t>10.1134/S106378261816008X</t>
+  </si>
+  <si>
+    <t>Influence of condensation enhancement effect on AFM image contrast inversion in hydrophilic nanocapillaries</t>
+  </si>
+  <si>
+    <t>Ivan Mukhin, Alexey Mozharov, Alexey Bolshakov</t>
+  </si>
+  <si>
+    <t>Applied Surface Science</t>
+  </si>
+  <si>
+    <t>621-626</t>
+  </si>
+  <si>
+    <t>10.1016/j.apsusc.2018.11.212</t>
+  </si>
+  <si>
     <t>Dopant-stimulated growth of GaN nanotube-like nanostructures on Si (111) by molecular beam epitaxy</t>
   </si>
   <si>
-    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>Beilstein Journal of Nanotechnology</t>
   </si>
   <si>
     <t>146-154</t>
   </si>
   <si>
     <t>10.3762/bjnano.9.17</t>
   </si>
   <si>
     <t>Core-Shell III-Nitride Nanowire Heterostructure: Negative Differential Resistance and Device Application Potential</t>
   </si>
   <si>
     <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
-    <t>Semiconductors</t>
-[...1 lines deleted...]
-  <si>
     <t>489-492</t>
   </si>
   <si>
     <t>10.1134/S1063782618040231</t>
   </si>
   <si>
     <t>Effect of the Conductive Channel Cut-Off on Operation of n+–n–n+ GaN NW-Based Gunn Diode</t>
   </si>
   <si>
     <t>Alexey Mozharov, Filipp Komissarenko, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
     <t>1809-1812</t>
   </si>
   <si>
     <t>10.1134/S106378261814021X</t>
   </si>
   <si>
     <t>Annealing atmosphere influence on contact resistivity of ohmic Pd/Ge/Au contact to n-GaAs</t>
   </si>
   <si>
-    <t>Alexey Mozharov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>Nanosystems: Physics, Chemistry, Mathematics</t>
   </si>
   <si>
     <t>789-792</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2018-9-6-789-792</t>
   </si>
   <si>
     <t>Study of SiC buffer layer thickness influence on photovoltaic properties of n-GaN NWs/SiC/p-Si heterostructure</t>
   </si>
   <si>
     <t>Materials Science in Semiconductor Processing</t>
   </si>
   <si>
     <t>20-25</t>
   </si>
   <si>
     <t>10.1016/j.mssp.2018.09.024</t>
   </si>
   <si>
     <t>Droplet epitaxy mediated growth of GaN nanostructures on Si (111) via plasma-assisted molecular beam epitaxy</t>
   </si>
   <si>
     <t>CrystEngComm</t>
   </si>
   <si>
     <t>3370-3380</t>
   </si>
   <si>
     <t>10.1039/C8CE00348C</t>
-  </si>
-[...52 lines deleted...]
-    <t>10.1016/j.apsusc.2018.11.212</t>
   </si>
   <si>
     <t>Light outcoupling from quantum dot-based microdisk laser via plasmonic nanoantenna</t>
   </si>
   <si>
     <t>Ivan Mukhin, Alexey Mozharov, Filipp Komissarenko, Zarina Sadrieva, Andrey Bogdanov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>4 (2)</t>
   </si>
   <si>
     <t>275–281</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00552</t>
   </si>
   <si>
     <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
   </si>
@@ -1392,352 +1392,352 @@
       </c>
       <c r="F18">
         <v>2019</v>
       </c>
       <c r="G18" t="s">
         <v>85</v>
       </c>
       <c r="H18">
         <v>0.6</v>
       </c>
       <c r="I18">
         <v>0.38</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
       <c r="C19" t="s">
         <v>88</v>
       </c>
       <c r="D19">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
         <v>89</v>
       </c>
       <c r="F19">
         <v>2019</v>
       </c>
       <c r="G19" t="s">
         <v>90</v>
       </c>
       <c r="H19">
-        <v>2.61</v>
+        <v>0.64</v>
       </c>
       <c r="I19">
-        <v>0.66</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>91</v>
       </c>
       <c r="B20" t="s">
         <v>92</v>
       </c>
       <c r="C20" t="s">
         <v>93</v>
       </c>
       <c r="D20">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>4</v>
+      </c>
+      <c r="E20">
+        <v>125027</v>
       </c>
       <c r="F20">
         <v>2019</v>
       </c>
       <c r="G20" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H20">
-        <v>0.64</v>
+        <v>1.93</v>
       </c>
       <c r="I20">
-        <v>0.3</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>95</v>
+      </c>
+      <c r="B21" t="s">
         <v>96</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
+        <v>44</v>
+      </c>
+      <c r="D21">
+        <v>108</v>
+      </c>
+      <c r="E21" t="s">
         <v>97</v>
-      </c>
-[...7 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F21">
         <v>2019</v>
       </c>
       <c r="G21" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="H21">
-        <v>0.64</v>
+        <v>1.4</v>
       </c>
       <c r="I21">
-        <v>0.3</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" t="s">
+        <v>87</v>
+      </c>
+      <c r="C22" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22">
+        <v>52</v>
+      </c>
+      <c r="E22" t="s">
         <v>100</v>
-      </c>
-[...10 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F22">
         <v>2019</v>
       </c>
       <c r="G22" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="I22"/>
+        <v>101</v>
+      </c>
+      <c r="H22">
+        <v>0.64</v>
+      </c>
+      <c r="I22">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" t="s">
+        <v>103</v>
+      </c>
+      <c r="C23" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23">
+        <v>471</v>
+      </c>
+      <c r="E23" t="s">
         <v>105</v>
-      </c>
-[...10 lines deleted...]
-        <v>107</v>
       </c>
       <c r="F23">
         <v>2019</v>
       </c>
       <c r="G23" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="H23">
-        <v>3.09</v>
+        <v>6.18</v>
       </c>
       <c r="I23">
-        <v>0.67</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>107</v>
+      </c>
+      <c r="B24" t="s">
+        <v>92</v>
+      </c>
+      <c r="C24" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24">
+        <v>9</v>
+      </c>
+      <c r="E24" t="s">
         <v>109</v>
-      </c>
-[...10 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F24">
         <v>2019</v>
       </c>
       <c r="G24" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H24">
-        <v>3.12</v>
+        <v>2.61</v>
       </c>
       <c r="I24">
-        <v>0.81</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B25" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C25" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="D25">
         <v>52</v>
       </c>
       <c r="E25" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F25">
         <v>2019</v>
       </c>
       <c r="G25" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="H25">
         <v>0.64</v>
       </c>
       <c r="I25">
         <v>0.3</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>115</v>
+      </c>
+      <c r="B26" t="s">
+        <v>116</v>
+      </c>
+      <c r="C26" t="s">
+        <v>88</v>
+      </c>
+      <c r="D26">
+        <v>52</v>
+      </c>
+      <c r="E26" t="s">
         <v>117</v>
-      </c>
-[...10 lines deleted...]
-        <v>125027</v>
       </c>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="H26">
-        <v>1.93</v>
+        <v>0.64</v>
       </c>
       <c r="I26">
-        <v>0.37</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>119</v>
+      </c>
+      <c r="B27" t="s">
+        <v>96</v>
+      </c>
+      <c r="C27" t="s">
         <v>120</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27">
-        <v>108</v>
+        <v>9</v>
       </c>
       <c r="E27" t="s">
         <v>121</v>
       </c>
       <c r="F27">
         <v>2019</v>
       </c>
       <c r="G27" t="s">
         <v>122</v>
       </c>
-      <c r="H27">
-[...4 lines deleted...]
-      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>123</v>
       </c>
       <c r="B28" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C28" t="s">
-        <v>93</v>
+        <v>124</v>
       </c>
       <c r="D28">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="E28" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F28">
         <v>2019</v>
       </c>
       <c r="G28" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H28">
-        <v>0.64</v>
+        <v>3.09</v>
       </c>
       <c r="I28">
-        <v>0.3</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B29" t="s">
-        <v>127</v>
+        <v>92</v>
       </c>
       <c r="C29" t="s">
         <v>128</v>
       </c>
       <c r="D29">
-        <v>471</v>
+        <v>20</v>
       </c>
       <c r="E29" t="s">
         <v>129</v>
       </c>
       <c r="F29">
         <v>2019</v>
       </c>
       <c r="G29" t="s">
         <v>130</v>
       </c>
       <c r="H29">
-        <v>6.18</v>
+        <v>3.12</v>
       </c>
       <c r="I29">
-        <v>1.23</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>131</v>
       </c>
       <c r="B30" t="s">
         <v>132</v>
       </c>
       <c r="C30" t="s">
         <v>133</v>
       </c>
       <c r="D30" t="s">
         <v>134</v>
       </c>
       <c r="E30" t="s">
         <v>135</v>
       </c>
       <c r="F30">
         <v>2017</v>
       </c>
       <c r="G30" t="s">
         <v>136</v>
       </c>
       <c r="H30">
@@ -1757,51 +1757,51 @@
       <c r="C31" t="s">
         <v>49</v>
       </c>
       <c r="D31">
         <v>690</v>
       </c>
       <c r="E31">
         <v>12020</v>
       </c>
       <c r="F31">
         <v>2016</v>
       </c>
       <c r="G31" t="s">
         <v>139</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.25</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>140</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="C32" t="s">
         <v>49</v>
       </c>
       <c r="D32">
         <v>690</v>
       </c>
       <c r="E32">
         <v>12041</v>
       </c>
       <c r="F32">
         <v>2016</v>
       </c>
       <c r="G32" t="s">
         <v>141</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0.25</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>142</v>
       </c>
@@ -1888,51 +1888,51 @@
       <c r="C36" t="s">
         <v>49</v>
       </c>
       <c r="D36">
         <v>643</v>
       </c>
       <c r="E36">
         <v>12115</v>
       </c>
       <c r="F36">
         <v>2015</v>
       </c>
       <c r="G36" t="s">
         <v>156</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.26</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>157</v>
       </c>
       <c r="B37" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="C37" t="s">
         <v>79</v>
       </c>
       <c r="D37">
         <v>9</v>
       </c>
       <c r="E37" t="s">
         <v>158</v>
       </c>
       <c r="F37">
         <v>2015</v>
       </c>
       <c r="G37" t="s">
         <v>159</v>
       </c>
       <c r="H37">
         <v>2.14</v>
       </c>
       <c r="I37">
         <v>1.16</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">