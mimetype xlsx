--- v2 (2025-11-30)
+++ v3 (2025-12-24)
@@ -194,77 +194,77 @@
   <si>
     <t>Nanomass Sensing via Node Shift Tracing in Vibrations of Coupled Nanowires Enhanced by Fano Resonances</t>
   </si>
   <si>
     <t>Alexey Mozharov, Yury Berdnikov, Nikita Solomonov, Kristina Novikova, Irina Nadoyan, Vitaliy Shkoldin, Alexander Golubok, Denis Kislov, Alexander Shalin, Mihail Petrov, Ivan Mukhin</t>
   </si>
   <si>
     <t>11989-11996</t>
   </si>
   <si>
     <t>10.1021/acsanm.1c02558</t>
   </si>
   <si>
     <t>Luminescent Erbium‐Doped Silicon Thin Films for Advanced Anti‐Counterfeit Labels</t>
   </si>
   <si>
     <t>Artem Larin, Liliia N. Dvoretckaia, Alexey Mozharov, Ivan Mukhin, Artem Cherepakhin, Ivan Shishkin, Eduard Ageev, Dmitry Zuev</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.202005886</t>
   </si>
   <si>
+    <t>Highly transparent and conductive textured single walled carbon nanotube electrode for optoelectronic applications</t>
+  </si>
+  <si>
+    <t>D. M. Mitin, A. A. Vorobyev, Alexey Mozharov, S. A. Raudik, A. G. Nasibulin, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020088</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031928</t>
+  </si>
+  <si>
     <t>Indirect observation of the light emission in the tunnel junction with metal nanodisk</t>
   </si>
   <si>
     <t>Denis Lebedev, Vitaliy Shkoldin, Alexey Mozharov, Alexander Golubok, Dmitry Permyakov, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020080</t>
   </si>
   <si>
     <t>10.1063/5.0032068</t>
   </si>
   <si>
-    <t>Highly transparent and conductive textured single walled carbon nanotube electrode for optoelectronic applications</t>
-[...10 lines deleted...]
-  <si>
     <t>Nonlinear polaritons in a monolayer semiconductor coupled to optical bound states in the continuum</t>
   </si>
   <si>
     <t>Vasily Kravtsov, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, Ivan Sinev, Dmitry Pidgayko, Alexey Mozharov, Ivan Mukhin, Maksim S. Lozhkin, Yuri V. Kapitonov, Andrey S. Brichkin, Vladimir D. Kulakovskii, Ivan Shelykh, Alexander I. Tartakovskii, Paul M. Walker, Maurice S. Skolnick, Dmitry N. Krizhanovskii, Ivan Iorsh</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
   </si>
   <si>
     <t>10.1038/s41377-020-0286-z</t>
   </si>
   <si>
     <t>Electrically driven metal and all-dielectric nanoantennas for plasmon polariton excitation</t>
   </si>
   <si>
     <t>Liliia Dvoretckaia, Konstantin Ladutenko, Alexey Mozharov, Georgiy Zograf, Andrey Bogdanov, Ivan Mukhin</t>
   </si>
   <si>
     <t>Journal of Quantitative Spectroscopy and Radiative Transfer</t>
   </si>
   <si>
     <t>10.1016/j.jqsrt.2019.106825</t>
   </si>
   <si>
     <t>Indirect Detection of the Light Emission in the Local Tunnel Junction</t>
@@ -272,183 +272,183 @@
   <si>
     <t>Denis V. Lebedev, Alexey Mozharov,  Bolshakov A. D., Vitaliy Shkoldin, Dmitry Permyakov, Alexander O. Golubok, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>10.1002/pssr.201900607</t>
   </si>
   <si>
     <t>Peculiarities of Magnetron Sputtering of Nickel Oxide Thin Films for Use in Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Alexey Mozharov, Sergey Makarov, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
     <t>Technical Physics</t>
   </si>
   <si>
     <t>422-426</t>
   </si>
   <si>
     <t>10.1134/s1063784219030022</t>
   </si>
   <si>
+    <t>Core-Shell III-Nitride Nanowire Heterostructure: Negative Differential Resistance and Device Application Potential</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>489-492</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618040231</t>
+  </si>
+  <si>
+    <t>Effect of the Conductive Channel Cut-Off on Operation of n+–n–n+ GaN NW-Based Gunn Diode</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Filipp Komissarenko, Alexey Bolshakov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>1809-1812</t>
+  </si>
+  <si>
+    <t>10.1134/S106378261814021X</t>
+  </si>
+  <si>
+    <t>Annealing atmosphere influence on contact resistivity of ohmic Pd/Ge/Au contact to n-GaAs</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Nanosystems: Physics, Chemistry, Mathematics</t>
+  </si>
+  <si>
+    <t>789-792</t>
+  </si>
+  <si>
+    <t>10.17586/2220-8054-2018-9-6-789-792</t>
+  </si>
+  <si>
+    <t>Study of SiC buffer layer thickness influence on photovoltaic properties of n-GaN NWs/SiC/p-Si heterostructure</t>
+  </si>
+  <si>
+    <t>Materials Science in Semiconductor Processing</t>
+  </si>
+  <si>
+    <t>20-25</t>
+  </si>
+  <si>
+    <t>10.1016/j.mssp.2018.09.024</t>
+  </si>
+  <si>
+    <t>Droplet epitaxy mediated growth of GaN nanostructures on Si (111) via plasma-assisted molecular beam epitaxy</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>CrystEngComm</t>
+  </si>
+  <si>
+    <t>3370-3380</t>
+  </si>
+  <si>
+    <t>10.1039/C8CE00348C</t>
+  </si>
+  <si>
     <t>Microlens-Enhanced Substrate Patterning and MBE Growth of GaP Nanowires</t>
   </si>
   <si>
     <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
   </si>
   <si>
-    <t>Semiconductors</t>
-[...1 lines deleted...]
-  <si>
     <t>2088-2091</t>
   </si>
   <si>
     <t>10.1134/S1063782618160054</t>
   </si>
   <si>
     <t>Theoretical modeling of the self-catalyzed nanowire growth: nucleation-and adsorption-limited regimes</t>
   </si>
   <si>
-    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>Materials Research Express</t>
   </si>
   <si>
     <t>10.1088/2053-1591/aa9e9d</t>
   </si>
   <si>
     <t>Single-photon emitter at 80 K based on a dielectric nanoantenna with a CdSe/ZnSe quantum dot</t>
   </si>
   <si>
-    <t>Alexey Mozharov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>201-204</t>
   </si>
   <si>
     <t>10.1134/S0021364018150109</t>
   </si>
   <si>
     <t>Self-Catalyzed MBE-Grown GaP Nanowires on Si (111): V/III Ratio Effects on the Morphology and Crystal Phase Switching</t>
   </si>
   <si>
     <t>2092-2095</t>
   </si>
   <si>
     <t>10.1134/S106378261816008X</t>
   </si>
   <si>
     <t>Influence of condensation enhancement effect on AFM image contrast inversion in hydrophilic nanocapillaries</t>
   </si>
   <si>
     <t>Ivan Mukhin, Alexey Mozharov, Alexey Bolshakov</t>
   </si>
   <si>
     <t>Applied Surface Science</t>
   </si>
   <si>
     <t>621-626</t>
   </si>
   <si>
     <t>10.1016/j.apsusc.2018.11.212</t>
   </si>
   <si>
     <t>Dopant-stimulated growth of GaN nanotube-like nanostructures on Si (111) by molecular beam epitaxy</t>
   </si>
   <si>
     <t>Beilstein Journal of Nanotechnology</t>
   </si>
   <si>
     <t>146-154</t>
   </si>
   <si>
     <t>10.3762/bjnano.9.17</t>
-  </si>
-[...58 lines deleted...]
-    <t>10.1039/C8CE00348C</t>
   </si>
   <si>
     <t>Light outcoupling from quantum dot-based microdisk laser via plasmonic nanoantenna</t>
   </si>
   <si>
     <t>Ivan Mukhin, Alexey Mozharov, Filipp Komissarenko, Zarina Sadrieva, Andrey Bogdanov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>4 (2)</t>
   </si>
   <si>
     <t>275–281</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00552</t>
   </si>
   <si>
     <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
   </si>
@@ -1418,326 +1418,326 @@
       </c>
       <c r="E19" t="s">
         <v>89</v>
       </c>
       <c r="F19">
         <v>2019</v>
       </c>
       <c r="G19" t="s">
         <v>90</v>
       </c>
       <c r="H19">
         <v>0.64</v>
       </c>
       <c r="I19">
         <v>0.3</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>91</v>
       </c>
       <c r="B20" t="s">
         <v>92</v>
       </c>
       <c r="C20" t="s">
+        <v>88</v>
+      </c>
+      <c r="D20">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>125027</v>
       </c>
       <c r="F20">
         <v>2019</v>
       </c>
       <c r="G20" t="s">
         <v>94</v>
       </c>
       <c r="H20">
-        <v>1.93</v>
+        <v>0.64</v>
       </c>
       <c r="I20">
-        <v>0.37</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>96</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="D21">
-        <v>108</v>
+        <v>9</v>
       </c>
       <c r="E21" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F21">
         <v>2019</v>
       </c>
       <c r="G21" t="s">
-        <v>98</v>
-[...6 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B22" t="s">
         <v>87</v>
       </c>
       <c r="C22" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="D22">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="E22" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F22">
         <v>2019</v>
       </c>
       <c r="G22" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H22">
-        <v>0.64</v>
+        <v>3.09</v>
       </c>
       <c r="I22">
-        <v>0.3</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B23" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C23" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D23">
-        <v>471</v>
+        <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F23">
         <v>2019</v>
       </c>
       <c r="G23" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="H23">
-        <v>6.18</v>
+        <v>3.12</v>
       </c>
       <c r="I23">
-        <v>1.23</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B24" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="C24" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
       <c r="D24">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="E24" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F24">
         <v>2019</v>
       </c>
       <c r="G24" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H24">
-        <v>2.61</v>
+        <v>0.64</v>
       </c>
       <c r="I24">
-        <v>0.66</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B25" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="C25" t="s">
-        <v>88</v>
+        <v>114</v>
       </c>
       <c r="D25">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>4</v>
+      </c>
+      <c r="E25">
+        <v>125027</v>
       </c>
       <c r="F25">
         <v>2019</v>
       </c>
       <c r="G25" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H25">
-        <v>0.64</v>
+        <v>1.93</v>
       </c>
       <c r="I25">
-        <v>0.3</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B26" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
       <c r="C26" t="s">
-        <v>88</v>
+        <v>44</v>
       </c>
       <c r="D26">
-        <v>52</v>
+        <v>108</v>
       </c>
       <c r="E26" t="s">
         <v>117</v>
       </c>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
         <v>118</v>
       </c>
       <c r="H26">
-        <v>0.64</v>
+        <v>1.4</v>
       </c>
       <c r="I26">
-        <v>0.3</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>119</v>
       </c>
       <c r="B27" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="C27" t="s">
+        <v>88</v>
+      </c>
+      <c r="D27">
+        <v>52</v>
+      </c>
+      <c r="E27" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F27">
         <v>2019</v>
       </c>
       <c r="G27" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-      <c r="I27"/>
+        <v>121</v>
+      </c>
+      <c r="H27">
+        <v>0.64</v>
+      </c>
+      <c r="I27">
+        <v>0.3</v>
+      </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
+        <v>122</v>
+      </c>
+      <c r="B28" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="C28" t="s">
         <v>124</v>
       </c>
       <c r="D28">
-        <v>90</v>
+        <v>471</v>
       </c>
       <c r="E28" t="s">
         <v>125</v>
       </c>
       <c r="F28">
         <v>2019</v>
       </c>
       <c r="G28" t="s">
         <v>126</v>
       </c>
       <c r="H28">
-        <v>3.09</v>
+        <v>6.18</v>
       </c>
       <c r="I28">
-        <v>0.67</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>127</v>
       </c>
       <c r="B29" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="C29" t="s">
         <v>128</v>
       </c>
       <c r="D29">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E29" t="s">
         <v>129</v>
       </c>
       <c r="F29">
         <v>2019</v>
       </c>
       <c r="G29" t="s">
         <v>130</v>
       </c>
       <c r="H29">
-        <v>3.12</v>
+        <v>2.61</v>
       </c>
       <c r="I29">
-        <v>0.81</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>131</v>
       </c>
       <c r="B30" t="s">
         <v>132</v>
       </c>
       <c r="C30" t="s">
         <v>133</v>
       </c>
       <c r="D30" t="s">
         <v>134</v>
       </c>
       <c r="E30" t="s">
         <v>135</v>
       </c>
       <c r="F30">
         <v>2017</v>
       </c>
       <c r="G30" t="s">
         <v>136</v>
       </c>
       <c r="H30">
@@ -1757,51 +1757,51 @@
       <c r="C31" t="s">
         <v>49</v>
       </c>
       <c r="D31">
         <v>690</v>
       </c>
       <c r="E31">
         <v>12020</v>
       </c>
       <c r="F31">
         <v>2016</v>
       </c>
       <c r="G31" t="s">
         <v>139</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.25</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>140</v>
       </c>
       <c r="B32" t="s">
-        <v>112</v>
+        <v>87</v>
       </c>
       <c r="C32" t="s">
         <v>49</v>
       </c>
       <c r="D32">
         <v>690</v>
       </c>
       <c r="E32">
         <v>12041</v>
       </c>
       <c r="F32">
         <v>2016</v>
       </c>
       <c r="G32" t="s">
         <v>141</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0.25</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>142</v>
       </c>
@@ -1888,51 +1888,51 @@
       <c r="C36" t="s">
         <v>49</v>
       </c>
       <c r="D36">
         <v>643</v>
       </c>
       <c r="E36">
         <v>12115</v>
       </c>
       <c r="F36">
         <v>2015</v>
       </c>
       <c r="G36" t="s">
         <v>156</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.26</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>157</v>
       </c>
       <c r="B37" t="s">
-        <v>112</v>
+        <v>87</v>
       </c>
       <c r="C37" t="s">
         <v>79</v>
       </c>
       <c r="D37">
         <v>9</v>
       </c>
       <c r="E37" t="s">
         <v>158</v>
       </c>
       <c r="F37">
         <v>2015</v>
       </c>
       <c r="G37" t="s">
         <v>159</v>
       </c>
       <c r="H37">
         <v>2.14</v>
       </c>
       <c r="I37">
         <v>1.16</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">