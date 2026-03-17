--- v3 (2025-12-24)
+++ v4 (2026-03-17)
@@ -272,183 +272,183 @@
   <si>
     <t>Denis V. Lebedev, Alexey Mozharov,  Bolshakov A. D., Vitaliy Shkoldin, Dmitry Permyakov, Alexander O. Golubok, Anton Samusev, Ivan Mukhin</t>
   </si>
   <si>
     <t>Physica Status Solidi - Rapid Research Letters</t>
   </si>
   <si>
     <t>10.1002/pssr.201900607</t>
   </si>
   <si>
     <t>Peculiarities of Magnetron Sputtering of Nickel Oxide Thin Films for Use in Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Alexey Mozharov, Sergey Makarov, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
     <t>Technical Physics</t>
   </si>
   <si>
     <t>422-426</t>
   </si>
   <si>
     <t>10.1134/s1063784219030022</t>
   </si>
   <si>
+    <t>Microlens-Enhanced Substrate Patterning and MBE Growth of GaP Nanowires</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Vitaliy Shkoldin, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Semiconductors</t>
+  </si>
+  <si>
+    <t>2088-2091</t>
+  </si>
+  <si>
+    <t>10.1134/S1063782618160054</t>
+  </si>
+  <si>
+    <t>Theoretical modeling of the self-catalyzed nanowire growth: nucleation-and adsorption-limited regimes</t>
+  </si>
+  <si>
+    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>Materials Research Express</t>
+  </si>
+  <si>
+    <t>10.1088/2053-1591/aa9e9d</t>
+  </si>
+  <si>
+    <t>Single-photon emitter at 80 K based on a dielectric nanoantenna with a CdSe/ZnSe quantum dot</t>
+  </si>
+  <si>
+    <t>Alexey Mozharov, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>201-204</t>
+  </si>
+  <si>
+    <t>10.1134/S0021364018150109</t>
+  </si>
+  <si>
+    <t>Self-Catalyzed MBE-Grown GaP Nanowires on Si (111): V/III Ratio Effects on the Morphology and Crystal Phase Switching</t>
+  </si>
+  <si>
+    <t>2092-2095</t>
+  </si>
+  <si>
+    <t>10.1134/S106378261816008X</t>
+  </si>
+  <si>
+    <t>Influence of condensation enhancement effect on AFM image contrast inversion in hydrophilic nanocapillaries</t>
+  </si>
+  <si>
+    <t>Ivan Mukhin, Alexey Mozharov, Alexey Bolshakov</t>
+  </si>
+  <si>
+    <t>Applied Surface Science</t>
+  </si>
+  <si>
+    <t>621-626</t>
+  </si>
+  <si>
+    <t>10.1016/j.apsusc.2018.11.212</t>
+  </si>
+  <si>
+    <t>Dopant-stimulated growth of GaN nanotube-like nanostructures on Si (111) by molecular beam epitaxy</t>
+  </si>
+  <si>
+    <t>Beilstein Journal of Nanotechnology</t>
+  </si>
+  <si>
+    <t>146-154</t>
+  </si>
+  <si>
+    <t>10.3762/bjnano.9.17</t>
+  </si>
+  <si>
     <t>Core-Shell III-Nitride Nanowire Heterostructure: Negative Differential Resistance and Device Application Potential</t>
   </si>
   <si>
     <t>Alexey Mozharov, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
-    <t>Semiconductors</t>
-[...1 lines deleted...]
-  <si>
     <t>489-492</t>
   </si>
   <si>
     <t>10.1134/S1063782618040231</t>
   </si>
   <si>
     <t>Effect of the Conductive Channel Cut-Off on Operation of n+–n–n+ GaN NW-Based Gunn Diode</t>
   </si>
   <si>
     <t>Alexey Mozharov, Filipp Komissarenko, Alexey Bolshakov, Ivan Mukhin</t>
   </si>
   <si>
     <t>1809-1812</t>
   </si>
   <si>
     <t>10.1134/S106378261814021X</t>
   </si>
   <si>
     <t>Annealing atmosphere influence on contact resistivity of ohmic Pd/Ge/Au contact to n-GaAs</t>
   </si>
   <si>
-    <t>Alexey Mozharov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>Nanosystems: Physics, Chemistry, Mathematics</t>
   </si>
   <si>
     <t>789-792</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2018-9-6-789-792</t>
   </si>
   <si>
     <t>Study of SiC buffer layer thickness influence on photovoltaic properties of n-GaN NWs/SiC/p-Si heterostructure</t>
   </si>
   <si>
     <t>Materials Science in Semiconductor Processing</t>
   </si>
   <si>
     <t>20-25</t>
   </si>
   <si>
     <t>10.1016/j.mssp.2018.09.024</t>
   </si>
   <si>
     <t>Droplet epitaxy mediated growth of GaN nanostructures on Si (111) via plasma-assisted molecular beam epitaxy</t>
   </si>
   <si>
-    <t>Alexey Bolshakov, Alexey Mozharov, Ivan Mukhin</t>
-[...1 lines deleted...]
-  <si>
     <t>CrystEngComm</t>
   </si>
   <si>
     <t>3370-3380</t>
   </si>
   <si>
     <t>10.1039/C8CE00348C</t>
-  </si>
-[...64 lines deleted...]
-    <t>10.3762/bjnano.9.17</t>
   </si>
   <si>
     <t>Light outcoupling from quantum dot-based microdisk laser via plasmonic nanoantenna</t>
   </si>
   <si>
     <t>Ivan Mukhin, Alexey Mozharov, Filipp Komissarenko, Zarina Sadrieva, Andrey Bogdanov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>4 (2)</t>
   </si>
   <si>
     <t>275–281</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00552</t>
   </si>
   <si>
     <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
   </si>
@@ -1418,326 +1418,326 @@
       </c>
       <c r="E19" t="s">
         <v>89</v>
       </c>
       <c r="F19">
         <v>2019</v>
       </c>
       <c r="G19" t="s">
         <v>90</v>
       </c>
       <c r="H19">
         <v>0.64</v>
       </c>
       <c r="I19">
         <v>0.3</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>91</v>
       </c>
       <c r="B20" t="s">
         <v>92</v>
       </c>
       <c r="C20" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="D20">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>4</v>
+      </c>
+      <c r="E20">
+        <v>125027</v>
       </c>
       <c r="F20">
         <v>2019</v>
       </c>
       <c r="G20" t="s">
         <v>94</v>
       </c>
       <c r="H20">
-        <v>0.64</v>
+        <v>1.93</v>
       </c>
       <c r="I20">
-        <v>0.3</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>96</v>
       </c>
       <c r="C21" t="s">
+        <v>44</v>
+      </c>
+      <c r="D21">
+        <v>108</v>
+      </c>
+      <c r="E21" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F21">
         <v>2019</v>
       </c>
       <c r="G21" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-      <c r="I21"/>
+        <v>98</v>
+      </c>
+      <c r="H21">
+        <v>1.4</v>
+      </c>
+      <c r="I21">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B22" t="s">
         <v>87</v>
       </c>
       <c r="C22" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="D22">
-        <v>90</v>
+        <v>52</v>
       </c>
       <c r="E22" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="F22">
         <v>2019</v>
       </c>
       <c r="G22" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="H22">
-        <v>3.09</v>
+        <v>0.64</v>
       </c>
       <c r="I22">
-        <v>0.67</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" t="s">
+        <v>103</v>
+      </c>
+      <c r="C23" t="s">
         <v>104</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23">
+        <v>471</v>
+      </c>
+      <c r="E23" t="s">
         <v>105</v>
-      </c>
-[...7 lines deleted...]
-        <v>107</v>
       </c>
       <c r="F23">
         <v>2019</v>
       </c>
       <c r="G23" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="H23">
-        <v>3.12</v>
+        <v>6.18</v>
       </c>
       <c r="I23">
-        <v>0.81</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>107</v>
+      </c>
+      <c r="B24" t="s">
+        <v>92</v>
+      </c>
+      <c r="C24" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24">
+        <v>9</v>
+      </c>
+      <c r="E24" t="s">
         <v>109</v>
-      </c>
-[...10 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F24">
         <v>2019</v>
       </c>
       <c r="G24" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H24">
-        <v>0.64</v>
+        <v>2.61</v>
       </c>
       <c r="I24">
-        <v>0.3</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" t="s">
+        <v>112</v>
+      </c>
+      <c r="C25" t="s">
+        <v>88</v>
+      </c>
+      <c r="D25">
+        <v>52</v>
+      </c>
+      <c r="E25" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>125027</v>
       </c>
       <c r="F25">
         <v>2019</v>
       </c>
       <c r="G25" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H25">
-        <v>1.93</v>
+        <v>0.64</v>
       </c>
       <c r="I25">
-        <v>0.37</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
+        <v>115</v>
+      </c>
+      <c r="B26" t="s">
         <v>116</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="D26">
-        <v>108</v>
+        <v>52</v>
       </c>
       <c r="E26" t="s">
         <v>117</v>
       </c>
       <c r="F26">
         <v>2019</v>
       </c>
       <c r="G26" t="s">
         <v>118</v>
       </c>
       <c r="H26">
-        <v>1.4</v>
+        <v>0.64</v>
       </c>
       <c r="I26">
-        <v>0.58</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>119</v>
       </c>
       <c r="B27" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="C27" t="s">
-        <v>88</v>
+        <v>120</v>
       </c>
       <c r="D27">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="E27" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F27">
         <v>2019</v>
       </c>
       <c r="G27" t="s">
-        <v>121</v>
-[...6 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B28" t="s">
-        <v>123</v>
+        <v>112</v>
       </c>
       <c r="C28" t="s">
         <v>124</v>
       </c>
       <c r="D28">
-        <v>471</v>
+        <v>90</v>
       </c>
       <c r="E28" t="s">
         <v>125</v>
       </c>
       <c r="F28">
         <v>2019</v>
       </c>
       <c r="G28" t="s">
         <v>126</v>
       </c>
       <c r="H28">
-        <v>6.18</v>
+        <v>3.09</v>
       </c>
       <c r="I28">
-        <v>1.23</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>127</v>
       </c>
       <c r="B29" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="C29" t="s">
         <v>128</v>
       </c>
       <c r="D29">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E29" t="s">
         <v>129</v>
       </c>
       <c r="F29">
         <v>2019</v>
       </c>
       <c r="G29" t="s">
         <v>130</v>
       </c>
       <c r="H29">
-        <v>2.61</v>
+        <v>3.12</v>
       </c>
       <c r="I29">
-        <v>0.66</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>131</v>
       </c>
       <c r="B30" t="s">
         <v>132</v>
       </c>
       <c r="C30" t="s">
         <v>133</v>
       </c>
       <c r="D30" t="s">
         <v>134</v>
       </c>
       <c r="E30" t="s">
         <v>135</v>
       </c>
       <c r="F30">
         <v>2017</v>
       </c>
       <c r="G30" t="s">
         <v>136</v>
       </c>
       <c r="H30">
@@ -1757,51 +1757,51 @@
       <c r="C31" t="s">
         <v>49</v>
       </c>
       <c r="D31">
         <v>690</v>
       </c>
       <c r="E31">
         <v>12020</v>
       </c>
       <c r="F31">
         <v>2016</v>
       </c>
       <c r="G31" t="s">
         <v>139</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.25</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>140</v>
       </c>
       <c r="B32" t="s">
-        <v>87</v>
+        <v>112</v>
       </c>
       <c r="C32" t="s">
         <v>49</v>
       </c>
       <c r="D32">
         <v>690</v>
       </c>
       <c r="E32">
         <v>12041</v>
       </c>
       <c r="F32">
         <v>2016</v>
       </c>
       <c r="G32" t="s">
         <v>141</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0.25</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>142</v>
       </c>
@@ -1888,51 +1888,51 @@
       <c r="C36" t="s">
         <v>49</v>
       </c>
       <c r="D36">
         <v>643</v>
       </c>
       <c r="E36">
         <v>12115</v>
       </c>
       <c r="F36">
         <v>2015</v>
       </c>
       <c r="G36" t="s">
         <v>156</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.26</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>157</v>
       </c>
       <c r="B37" t="s">
-        <v>87</v>
+        <v>112</v>
       </c>
       <c r="C37" t="s">
         <v>79</v>
       </c>
       <c r="D37">
         <v>9</v>
       </c>
       <c r="E37" t="s">
         <v>158</v>
       </c>
       <c r="F37">
         <v>2015</v>
       </c>
       <c r="G37" t="s">
         <v>159</v>
       </c>
       <c r="H37">
         <v>2.14</v>
       </c>
       <c r="I37">
         <v>1.16</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">