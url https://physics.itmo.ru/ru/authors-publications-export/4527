--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -227,77 +227,77 @@
   <si>
     <t>Bound states in the continuum in photonic structures</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Alexey Shcherbakov, Yuri Kivshar, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Physics-Uspekhi</t>
   </si>
   <si>
     <t>10.3367/UFNe.2021.12.039120</t>
   </si>
   <si>
     <t>Reformulated Fourier Modal Method with improved near field computations</t>
   </si>
   <si>
     <t>Sergey Spiridonov, Alexey Shcherbakov</t>
   </si>
   <si>
     <t>Journal of Computational Science</t>
   </si>
   <si>
     <t>10.1016/j.jocs.2022.101936</t>
   </si>
   <si>
+    <t>Superscattering for non-spherical objects</t>
+  </si>
+  <si>
+    <t>Sergei Krasikov, Mikhail Odit, Ildar Yusupov, Diana Shakirova, Alexey Shcherbakov, Alexey Slobozhanyuk, Dmitry Filonov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012073</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012073</t>
+  </si>
+  <si>
     <t>Excitation of a homogeneous dielectric sphere by a point electric dipole</t>
   </si>
   <si>
     <t>Roman Gaponenko,   Ilia L. Rasskazov, Alexander Moroz, Dmitry Pidgayko, Konstantin Ladutenko, Alexey Shcherbakov, Pavel Belov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012043</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012043</t>
   </si>
   <si>
-    <t>Superscattering for non-spherical objects</t>
-[...10 lines deleted...]
-  <si>
     <t>Harnessing superdirectivity in dielectric spherical multilayer antennas</t>
   </si>
   <si>
     <t>Roman Gaponenko, Alexander Moroz, Ilia L. Rasskazov, Konstantin Ladutenko, Alexey Shcherbakov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/physrevb.104.195406</t>
   </si>
   <si>
     <t>Observation of Ultrafast Self-Action Effects in Quasi-BIC Resonant Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Sinev, Zhuojun Liu, Anton Rudenko, Konstantin Ladutenko, Alexey Shcherbakov, Zarina Sadrieva, Mikhail Baranov, Tatiana Itina, Jin Liu, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c03257</t>
   </si>
   <si>
     <t>Erratum: Multipolar engineering of subwavelength dielectric particles for scattering enhancement [Phys. Rev. Applied 15, 024052 (2021)]</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
@@ -347,72 +347,72 @@
   <si>
     <t>10.5220/0010344400460053</t>
   </si>
   <si>
     <t>Parameters of holographic gratings for surface-enhanced gas Raman spectroscopy</t>
   </si>
   <si>
     <t>Dmitry V. Petrov, Matvey Kostenko, Alexey Shcherbakov</t>
   </si>
   <si>
     <t>26th International Symposium on Atmospheric and Ocean Optics, Atmospheric Physics</t>
   </si>
   <si>
     <t>10.1117/12.2575636</t>
   </si>
   <si>
     <t>Compensation of disorder for extraordinary optical transmission effect in nanopore arrays fabricated by nanosphere photolithography</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>10.1364/oe.408772</t>
   </si>
   <si>
+    <t>Calculation of the 1D grating scattering matrix frequency derivatives</t>
+  </si>
+  <si>
+    <t>Alexey Shcherbakov, Lydia Pogorelskaya, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>012159</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012159</t>
+  </si>
+  <si>
     <t>Resonant TM transmission through metallized variable depth grating</t>
   </si>
   <si>
     <t>Andrei A. Ushkov, Isabelle Verrier, Thomas Kampfe, Alexey Shcherbakov, Yves Jourlin</t>
   </si>
   <si>
     <t>012180</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012180</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/1461/1/012159</t>
   </si>
   <si>
     <t>Silver holographic gratings as substrates for surface-enhanced Raman scattering gas analysis</t>
   </si>
   <si>
     <t>Dmitry V. Petrov, Matvey A. Kostenko, Alexey Shcherbakov</t>
   </si>
   <si>
     <t>Applied Optics</t>
   </si>
   <si>
     <t>10.1364/ao.386897</t>
   </si>
   <si>
     <t>Superdirective dielectric spherical multilayer antennae</t>
   </si>
   <si>
     <t>Igor Sushencev, Alexey Shcherbakov, Konstantin Ladutenko, Pavel Belov</t>
   </si>
   <si>
     <t>2019 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas44984.2019.8958207</t>
   </si>
@@ -1498,51 +1498,51 @@
         <v>84</v>
       </c>
       <c r="C20" t="s">
         <v>85</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20">
         <v>2021</v>
       </c>
       <c r="G20" t="s">
         <v>86</v>
       </c>
       <c r="H20">
         <v>12.26</v>
       </c>
       <c r="I20">
         <v>3.76</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>87</v>
       </c>
       <c r="B21" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="C21" t="s">
         <v>88</v>
       </c>
       <c r="D21">
         <v>16</v>
       </c>
       <c r="E21"/>
       <c r="F21">
         <v>2021</v>
       </c>
       <c r="G21" t="s">
         <v>89</v>
       </c>
       <c r="H21">
         <v>4.93</v>
       </c>
       <c r="I21">
         <v>1.53</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>90</v>
       </c>
@@ -1575,51 +1575,51 @@
       </c>
       <c r="D23">
         <v>118</v>
       </c>
       <c r="E23">
         <v>201101</v>
       </c>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
         <v>97</v>
       </c>
       <c r="H23">
         <v>3.97</v>
       </c>
       <c r="I23">
         <v>1.03</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>98</v>
       </c>
       <c r="B24" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="C24" t="s">
         <v>88</v>
       </c>
       <c r="D24">
         <v>15</v>
       </c>
       <c r="E24"/>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
         <v>99</v>
       </c>
       <c r="H24">
         <v>4.93</v>
       </c>
       <c r="I24">
         <v>1.53</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>100</v>
       </c>