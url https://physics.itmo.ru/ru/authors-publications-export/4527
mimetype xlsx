--- v1 (2025-10-30)
+++ v2 (2025-11-22)
@@ -227,75 +227,75 @@
   <si>
     <t>Bound states in the continuum in photonic structures</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Alexey Shcherbakov, Yuri Kivshar, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Physics-Uspekhi</t>
   </si>
   <si>
     <t>10.3367/UFNe.2021.12.039120</t>
   </si>
   <si>
     <t>Reformulated Fourier Modal Method with improved near field computations</t>
   </si>
   <si>
     <t>Sergey Spiridonov, Alexey Shcherbakov</t>
   </si>
   <si>
     <t>Journal of Computational Science</t>
   </si>
   <si>
     <t>10.1016/j.jocs.2022.101936</t>
   </si>
   <si>
+    <t>Excitation of a homogeneous dielectric sphere by a point electric dipole</t>
+  </si>
+  <si>
+    <t>Roman Gaponenko,   Ilia L. Rasskazov, Alexander Moroz, Dmitry Pidgayko, Konstantin Ladutenko, Alexey Shcherbakov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012043</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012043</t>
+  </si>
+  <si>
     <t>Superscattering for non-spherical objects</t>
   </si>
   <si>
     <t>Sergei Krasikov, Mikhail Odit, Ildar Yusupov, Diana Shakirova, Alexey Shcherbakov, Alexey Slobozhanyuk, Dmitry Filonov, Andrey Bogdanov</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012073</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012073</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012043</t>
   </si>
   <si>
     <t>Harnessing superdirectivity in dielectric spherical multilayer antennas</t>
   </si>
   <si>
     <t>Roman Gaponenko, Alexander Moroz, Ilia L. Rasskazov, Konstantin Ladutenko, Alexey Shcherbakov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/physrevb.104.195406</t>
   </si>
   <si>
     <t>Observation of Ultrafast Self-Action Effects in Quasi-BIC Resonant Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Sinev, Zhuojun Liu, Anton Rudenko, Konstantin Ladutenko, Alexey Shcherbakov, Zarina Sadrieva, Mikhail Baranov, Tatiana Itina, Jin Liu, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c03257</t>
   </si>
   <si>
     <t>Erratum: Multipolar engineering of subwavelength dielectric particles for scattering enhancement [Phys. Rev. Applied 15, 024052 (2021)]</t>
   </si>
@@ -1498,51 +1498,51 @@
         <v>84</v>
       </c>
       <c r="C20" t="s">
         <v>85</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20">
         <v>2021</v>
       </c>
       <c r="G20" t="s">
         <v>86</v>
       </c>
       <c r="H20">
         <v>12.26</v>
       </c>
       <c r="I20">
         <v>3.76</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>87</v>
       </c>
       <c r="B21" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C21" t="s">
         <v>88</v>
       </c>
       <c r="D21">
         <v>16</v>
       </c>
       <c r="E21"/>
       <c r="F21">
         <v>2021</v>
       </c>
       <c r="G21" t="s">
         <v>89</v>
       </c>
       <c r="H21">
         <v>4.93</v>
       </c>
       <c r="I21">
         <v>1.53</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>90</v>
       </c>
@@ -1575,51 +1575,51 @@
       </c>
       <c r="D23">
         <v>118</v>
       </c>
       <c r="E23">
         <v>201101</v>
       </c>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
         <v>97</v>
       </c>
       <c r="H23">
         <v>3.97</v>
       </c>
       <c r="I23">
         <v>1.03</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>98</v>
       </c>
       <c r="B24" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C24" t="s">
         <v>88</v>
       </c>
       <c r="D24">
         <v>15</v>
       </c>
       <c r="E24"/>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
         <v>99</v>
       </c>
       <c r="H24">
         <v>4.93</v>
       </c>
       <c r="I24">
         <v>1.53</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>100</v>
       </c>