--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -9105,92 +9105,92 @@
         <v>786</v>
       </c>
       <c r="B232" t="s">
         <v>787</v>
       </c>
       <c r="C232" t="s">
         <v>11</v>
       </c>
       <c r="D232">
         <v>84</v>
       </c>
       <c r="E232"/>
       <c r="F232">
         <v>2011</v>
       </c>
       <c r="G232" t="s">
         <v>788</v>
       </c>
       <c r="H232">
         <v>3.69</v>
       </c>
       <c r="I232"/>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="B233" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="C233" t="s">
         <v>11</v>
       </c>
       <c r="D233">
         <v>84</v>
       </c>
       <c r="E233"/>
       <c r="F233">
         <v>2011</v>
       </c>
       <c r="G233" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="H233">
         <v>3.69</v>
       </c>
       <c r="I233"/>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="B234" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="C234" t="s">
         <v>11</v>
       </c>
       <c r="D234">
         <v>84</v>
       </c>
       <c r="E234"/>
       <c r="F234">
         <v>2011</v>
       </c>
       <c r="G234" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="H234">
         <v>3.69</v>
       </c>
       <c r="I234"/>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
         <v>792</v>
       </c>
       <c r="B235" t="s">
         <v>793</v>
       </c>
       <c r="C235" t="s">
         <v>139</v>
       </c>
       <c r="D235">
         <v>107</v>
       </c>
       <c r="E235"/>
       <c r="F235">
         <v>2011</v>
       </c>
       <c r="G235" t="s">
         <v>794</v>