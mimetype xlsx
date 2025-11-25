--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -608,101 +608,101 @@
   <si>
     <t>10.1063/5.0011471</t>
   </si>
   <si>
     <t>Polariton gap and gap-stripe solitons in Zeeman lattices</t>
   </si>
   <si>
     <t>Dmitry Zezyulin, Yaroslav V. Kartashov, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.101.245305</t>
   </si>
   <si>
     <t>Retraction notice to “Tamm plasmon-polaritons: First experimental observation” [Superlattice. Microst., 47 (2010) 44–49]</t>
   </si>
   <si>
     <t>S. Brand, Ivan Iorsh, Ivan Shelykh, A. Yu Egorov, A.P. Vasil'ev</t>
   </si>
   <si>
     <t>Superlattices and Microstructures</t>
   </si>
   <si>
     <t>10.1016/j.spmi.2020.106569</t>
   </si>
   <si>
+    <t>Floquet engineering of 2D materials</t>
+  </si>
+  <si>
+    <t>O. V. Kibis, Ivan Iorsh, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012064</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012064</t>
+  </si>
+  <si>
     <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Mukhin, Ivan Sinev, Anton Samusev, Ivan Shelykh, D. N. Krizhanovskii, M. S. Skolnick, Ivan Iorsh</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012012</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012012</t>
   </si>
   <si>
     <t>Electron-photonic topological states on the surface of a bulk semiconductor driven by a high-frequency field</t>
   </si>
   <si>
     <t>O. V. Kibis, O. Kyriienko, Ivan Shelykh</t>
   </si>
   <si>
     <t>012063</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012063</t>
   </si>
   <si>
     <t>Ab-initio calculation of electronic properties of all-inorganic Pb-based mixed-halide perovskites</t>
   </si>
   <si>
     <t>E. D. Cherotchenko, Tatiana Liashenko, Kirill Agapev, Ivan Vrubel, Roman Polozkov, Ivan Shelykh</t>
   </si>
   <si>
     <t>012023</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012023</t>
   </si>
   <si>
-    <t>Floquet engineering of 2D materials</t>
-[...10 lines deleted...]
-  <si>
     <t>Nonlinear polaritons in a monolayer semiconductor coupled to optical bound states in the continuum</t>
   </si>
   <si>
     <t>Vasily Kravtsov, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, Ivan Sinev, Dmitry Pidgayko, Alexey Mozharov, Ivan Mukhin, Maksim S. Lozhkin, Yuri V. Kapitonov, Andrey S. Brichkin, Vladimir D. Kulakovskii, Ivan Shelykh, Alexander I. Tartakovskii, Paul M. Walker, Maurice S. Skolnick, Dmitry N. Krizhanovskii, Ivan Iorsh</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
   </si>
   <si>
     <t>10.1038/s41377-020-0286-z</t>
   </si>
   <si>
     <t>Spinning polariton vortices with magnetic field</t>
   </si>
   <si>
     <t>10.1103/physrevb.101.104308</t>
   </si>
   <si>
     <t>Mechanisms of blueshifts in organic polariton condensates</t>
   </si>
   <si>
     <t>Timur Yagafarov, Denis Sannikov, Anton Zasedatelev, Kyriacos Georgiou, Anton Baranikov, Ivan Shelykh, Lizhi Gai, Zhen Shen, David Lidzey, Pavlos Lagoudakis</t>
   </si>
   <si>
     <t>Communications Physics</t>
@@ -953,83 +953,83 @@
   <si>
     <t>10.1088/1742-6596/1092/1/012055</t>
   </si>
   <si>
     <t>Spin Domains in One-Dimensional Conservative Polariton Solitons</t>
   </si>
   <si>
     <t>Maksym Sich, Lucy E. Tapia-Rodriguez, Helgi Sigurdsson, Paul M. Walker, Edmund Clarke, Ivan Shelykh, Benjamin Royall, Evgeny S. Sedov, Alexey V. Kavokin, Dmitry V. Skryabin, Maurice S. Skolnick, Dmitry N. Krizhanovskii</t>
   </si>
   <si>
     <t>5095-5102</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.8b01410</t>
   </si>
   <si>
     <t>Optical analog of Rashba spin-orbit interaction in asymmetric polariton waveguides</t>
   </si>
   <si>
     <t>Ivan Shelykh, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1103/physrevb.98.155428</t>
   </si>
   <si>
+    <t>Resonant pumping of polaritonic SSH chains</t>
+  </si>
+  <si>
+    <t>012070</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012070</t>
+  </si>
+  <si>
+    <t>Ab-initio study of electronic properties of a two-dimensional array of carbon nanotubes</t>
+  </si>
+  <si>
+    <t>Natalia Senkevich, Roman Polozkov, S Morina, E D Cherotchenko, Mikhail Portnoi, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>012120</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012120</t>
+  </si>
+  <si>
     <t>Effect of high-frequency pumping on thin-film topological insulators</t>
   </si>
   <si>
     <t>A A Pervishko, D Yudin, Ivan Shelykh</t>
   </si>
   <si>
     <t>012114</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012114</t>
   </si>
   <si>
-    <t>Resonant pumping of polaritonic SSH chains</t>
-[...19 lines deleted...]
-  <si>
     <t>Electromagnetic Dressing of Graphene</t>
   </si>
   <si>
     <t>O. V. Kibis, K. Dini, Ivan Iorsh, V. P. Dragunov, Ivan Shelykh</t>
   </si>
   <si>
     <t>867-869</t>
   </si>
   <si>
     <t>10.1134/s0022476618040170</t>
   </si>
   <si>
     <t>Polarization-resolved strong light–matter coupling in planar GaAs/AlGaAs waveguides</t>
   </si>
   <si>
     <t>Pavel Yu. Shapochkin, Maksim S. Lozhkin, Ivan A. Solovev, Olga A. Lozhkina, Yury P. Efimov, Sergey A. Eliseev, Vyacheslav A. Lovcjus, Gleb G. Kozlov, Anastasia A. Pervishko, Paul M. Walker, Ivan Shelykh, Maurice S. Skolnick, Yury V. Kapitonov</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.43.004526</t>
   </si>
   <si>
     <t>Topological metamaterials based on polariton rings</t>
@@ -1364,74 +1364,74 @@
   <si>
     <t>10.1103/physrevb.95.035401</t>
   </si>
   <si>
     <t>Topological properties of the illuminated arrays of mesoscopic rings</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>188-192</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756839</t>
   </si>
   <si>
     <t>Realization of anomalous multiferroicity in free-standing graphene with magnetic adatoms</t>
   </si>
   <si>
     <t>Y. Marques, L. S. Ricco, F. A. Dessotti, R. S. Machado, Ivan Shelykh, M. de Souza, A. C. Seridonio</t>
   </si>
   <si>
     <t>10.1103/physrevb.94.205119</t>
   </si>
   <si>
+    <t>Two-dimensional electron gas in the regime of strong light-matter coupling: Dynamical conductivity and all-optical measurements of Rashba and Dresselhaus coupling</t>
+  </si>
+  <si>
+    <t>Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>10.1103/physrevb.94.161404</t>
+  </si>
+  <si>
     <t>Ensemble of asymmetric quantum dots in a cavity as a terahertz laser source</t>
   </si>
   <si>
     <t>I. Yu. Chestnov, Vanik Shahnazaryan, Ivan Shelykh, A. P. Alodjants</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>169-174</t>
   </si>
   <si>
     <t>10.1134/s0021364016150066</t>
   </si>
   <si>
-    <t>Two-dimensional electron gas in the regime of strong light-matter coupling: Dynamical conductivity and all-optical measurements of Rashba and Dresselhaus coupling</t>
-[...7 lines deleted...]
-  <si>
     <t>Optically tunable spin transport on the surface of a topological insulator</t>
   </si>
   <si>
     <t>D Yudin, O V Kibis, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1088/1367-2630/18/10/103014</t>
   </si>
   <si>
     <t>Kagome lattice from an exciton-polariton perspective</t>
   </si>
   <si>
     <t>D. R. Gulevich, D. Yudin, Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.94.115437</t>
   </si>
   <si>
     <t>Nonlinear band-structure of an exciton-polariton condensate in a one-dimensional lattice</t>
   </si>
   <si>
     <t>I. Yu. Chestnov, Alexey Yulin, A. P. Alodjants, Ivan Shelykh, O. A. Egorov</t>
   </si>
   <si>
     <t>2016 International Conference Laser Optics (LO)</t>
@@ -2186,72 +2186,72 @@
   <si>
     <t>Transmutation of Skyrmions to Half-Solitons Driven by the Nonlinear Optical Spin Hall Effect</t>
   </si>
   <si>
     <t>H. Flayac, D. D. Solnyshkov, Ivan Shelykh, G. Malpuech</t>
   </si>
   <si>
     <t>10.1103/physrevlett.110.016404</t>
   </si>
   <si>
     <t>Spatial coherence of polaritons in a 1D channel</t>
   </si>
   <si>
     <t>Ivan Iorsh, Ivan Shelykh</t>
   </si>
   <si>
     <t>Journal of Experimental and Theoretical Physics</t>
   </si>
   <si>
     <t>32-38</t>
   </si>
   <si>
     <t>10.1134/S1063776113010135</t>
   </si>
   <si>
+    <t>Intersubband polaritonics revisited</t>
+  </si>
+  <si>
+    <t>Oleksandr Kyriienko, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>Journal of Nanophotonics</t>
+  </si>
+  <si>
+    <t>061804</t>
+  </si>
+  <si>
+    <t>10.1117/1.jnp.6.061804</t>
+  </si>
+  <si>
     <t>Special Section Guest Editorial: Polaritons</t>
   </si>
   <si>
-    <t>Journal of Nanophotonics</t>
-[...1 lines deleted...]
-  <si>
     <t>061899</t>
   </si>
   <si>
     <t>10.1117/1.jnp.6.061899</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1117/1.jnp.6.061804</t>
   </si>
   <si>
     <t>Hall effect for indirect excitons in an inhomogeneous magnetic field</t>
   </si>
   <si>
     <t>K. B. Arnardottir, O. Kyriienko, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1103/physrevb.86.245311</t>
   </si>
   <si>
     <t>Non-adiabatic population transfer in coupled bosonic systems</t>
   </si>
   <si>
     <t>T C H Liew, Ivan Shelykh</t>
   </si>
   <si>
     <t>10.1088/0953-4075/45/24/245003</t>
   </si>
   <si>
     <t>BCS pairing in fully repulsive fermion mixtures</t>
   </si>
   <si>
     <t>T. Espinosa-Ortega, O. Kyriienko, Ivan Shelykh</t>
   </si>
@@ -4622,51 +4622,51 @@
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62">
         <v>100</v>
       </c>
       <c r="E62"/>
       <c r="F62">
         <v>2019</v>
       </c>
       <c r="G62" t="s">
         <v>227</v>
       </c>
       <c r="H62">
         <v>3.58</v>
       </c>
       <c r="I62">
         <v>1.81</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>228</v>
       </c>
       <c r="B63" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C63" t="s">
         <v>229</v>
       </c>
       <c r="D63">
         <v>53</v>
       </c>
       <c r="E63" t="s">
         <v>230</v>
       </c>
       <c r="F63">
         <v>2019</v>
       </c>
       <c r="G63" t="s">
         <v>231</v>
       </c>
       <c r="H63">
         <v>0.64</v>
       </c>
       <c r="I63">
         <v>0.3</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
@@ -4718,51 +4718,51 @@
       </c>
       <c r="G65" t="s">
         <v>238</v>
       </c>
       <c r="H65">
         <v>3.58</v>
       </c>
       <c r="I65">
         <v>1.81</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>239</v>
       </c>
       <c r="B66" t="s">
         <v>240</v>
       </c>
       <c r="C66" t="s">
         <v>200</v>
       </c>
       <c r="D66">
         <v>1331</v>
       </c>
       <c r="E66" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="F66">
         <v>2019</v>
       </c>
       <c r="G66" t="s">
         <v>241</v>
       </c>
       <c r="H66"/>
       <c r="I66">
         <v>0.22</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>242</v>
       </c>
       <c r="B67" t="s">
         <v>243</v>
       </c>
       <c r="C67" t="s">
         <v>244</v>
       </c>
       <c r="D67">
         <v>7</v>
       </c>
@@ -5271,97 +5271,97 @@
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85">
         <v>98</v>
       </c>
       <c r="E85"/>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
         <v>312</v>
       </c>
       <c r="H85">
         <v>3.74</v>
       </c>
       <c r="I85">
         <v>1.5</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>313</v>
       </c>
       <c r="B86" t="s">
-        <v>314</v>
+        <v>71</v>
       </c>
       <c r="C86" t="s">
         <v>200</v>
       </c>
       <c r="D86">
         <v>1092</v>
       </c>
       <c r="E86" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="H86"/>
       <c r="I86">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
+        <v>316</v>
+      </c>
+      <c r="B87" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C87" t="s">
         <v>200</v>
       </c>
       <c r="D87">
         <v>1092</v>
       </c>
       <c r="E87" t="s">
         <v>318</v>
       </c>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
         <v>319</v>
       </c>
       <c r="H87"/>
       <c r="I87">
-        <v>0.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>320</v>
       </c>
       <c r="B88" t="s">
         <v>321</v>
       </c>
       <c r="C88" t="s">
         <v>200</v>
       </c>
       <c r="D88">
         <v>1092</v>
       </c>
       <c r="E88" t="s">
         <v>322</v>
       </c>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
         <v>323</v>
       </c>
       <c r="H88"/>
@@ -6410,95 +6410,95 @@
         <v>11</v>
       </c>
       <c r="D127">
         <v>94</v>
       </c>
       <c r="E127"/>
       <c r="F127">
         <v>2016</v>
       </c>
       <c r="G127" t="s">
         <v>449</v>
       </c>
       <c r="H127">
         <v>3.84</v>
       </c>
       <c r="I127"/>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>450</v>
       </c>
       <c r="B128" t="s">
         <v>451</v>
       </c>
       <c r="C128" t="s">
-        <v>452</v>
+        <v>11</v>
       </c>
       <c r="D128">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="E128"/>
       <c r="F128">
         <v>2016</v>
       </c>
       <c r="G128" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="H128">
-        <v>1.24</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I128"/>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
+        <v>453</v>
+      </c>
+      <c r="B129" t="s">
+        <v>454</v>
+      </c>
+      <c r="C129" t="s">
         <v>455</v>
       </c>
-      <c r="B129" t="s">
+      <c r="D129">
+        <v>104</v>
+      </c>
+      <c r="E129" t="s">
         <v>456</v>
       </c>
-      <c r="C129" t="s">
-[...5 lines deleted...]
-      <c r="E129"/>
       <c r="F129">
         <v>2016</v>
       </c>
       <c r="G129" t="s">
         <v>457</v>
       </c>
       <c r="H129">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I129"/>
+        <v>1.24</v>
+      </c>
+      <c r="I129">
+        <v>0.93</v>
+      </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>458</v>
       </c>
       <c r="B130" t="s">
         <v>459</v>
       </c>
       <c r="C130" t="s">
         <v>282</v>
       </c>
       <c r="D130">
         <v>18</v>
       </c>
       <c r="E130">
         <v>103014</v>
       </c>
       <c r="F130">
         <v>2016</v>
       </c>
       <c r="G130" t="s">
         <v>460</v>
       </c>
       <c r="H130">
         <v>3.79</v>
@@ -8222,51 +8222,51 @@
         <v>682</v>
       </c>
       <c r="C198" t="s">
         <v>11</v>
       </c>
       <c r="D198">
         <v>88</v>
       </c>
       <c r="E198"/>
       <c r="F198">
         <v>2013</v>
       </c>
       <c r="G198" t="s">
         <v>683</v>
       </c>
       <c r="H198">
         <v>3.66</v>
       </c>
       <c r="I198"/>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
         <v>684</v>
       </c>
       <c r="B199" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C199" t="s">
         <v>11</v>
       </c>
       <c r="D199">
         <v>87</v>
       </c>
       <c r="E199"/>
       <c r="F199">
         <v>2013</v>
       </c>
       <c r="G199" t="s">
         <v>685</v>
       </c>
       <c r="H199">
         <v>3.66</v>
       </c>
       <c r="I199"/>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
         <v>521</v>
       </c>
       <c r="B200" t="s">
         <v>686</v>
@@ -8326,51 +8326,51 @@
       </c>
       <c r="D202">
         <v>497</v>
       </c>
       <c r="E202" t="s">
         <v>694</v>
       </c>
       <c r="F202">
         <v>2013</v>
       </c>
       <c r="G202" t="s">
         <v>695</v>
       </c>
       <c r="H202">
         <v>42.35</v>
       </c>
       <c r="I202">
         <v>19.69</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
         <v>696</v>
       </c>
       <c r="B203" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="C203" t="s">
         <v>697</v>
       </c>
       <c r="D203"/>
       <c r="E203"/>
       <c r="F203">
         <v>2013</v>
       </c>
       <c r="G203" t="s">
         <v>698</v>
       </c>
       <c r="H203"/>
       <c r="I203"/>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
         <v>699</v>
       </c>
       <c r="B204" t="s">
         <v>700</v>
       </c>
       <c r="C204" t="s">
         <v>139</v>
       </c>
@@ -8557,83 +8557,83 @@
       </c>
       <c r="D211">
         <v>116</v>
       </c>
       <c r="E211" t="s">
         <v>722</v>
       </c>
       <c r="F211">
         <v>2013</v>
       </c>
       <c r="G211" t="s">
         <v>723</v>
       </c>
       <c r="H211">
         <v>0.93</v>
       </c>
       <c r="I211">
         <v>0.48</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
         <v>724</v>
       </c>
       <c r="B212" t="s">
-        <v>456</v>
+        <v>725</v>
       </c>
       <c r="C212" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="D212">
         <v>6</v>
       </c>
       <c r="E212" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="F212">
         <v>2012</v>
       </c>
       <c r="G212" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="H212">
         <v>1.64</v>
       </c>
       <c r="I212">
         <v>0.89</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B213" t="s">
-        <v>729</v>
+        <v>451</v>
       </c>
       <c r="C213" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="D213">
         <v>6</v>
       </c>
       <c r="E213" t="s">
         <v>730</v>
       </c>
       <c r="F213">
         <v>2012</v>
       </c>
       <c r="G213" t="s">
         <v>731</v>
       </c>
       <c r="H213">
         <v>1.64</v>
       </c>
       <c r="I213">
         <v>0.89</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
         <v>732</v>
       </c>
       <c r="B214" t="s">
@@ -8857,51 +8857,51 @@
       <c r="D222">
         <v>108</v>
       </c>
       <c r="E222"/>
       <c r="F222">
         <v>2012</v>
       </c>
       <c r="G222" t="s">
         <v>758</v>
       </c>
       <c r="H222">
         <v>7.94</v>
       </c>
       <c r="I222">
         <v>6.29</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
         <v>759</v>
       </c>
       <c r="B223" t="s">
         <v>760</v>
       </c>
       <c r="C223" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="D223">
         <v>6</v>
       </c>
       <c r="E223" t="s">
         <v>761</v>
       </c>
       <c r="F223">
         <v>2012</v>
       </c>
       <c r="G223" t="s">
         <v>762</v>
       </c>
       <c r="H223">
         <v>1.64</v>
       </c>
       <c r="I223">
         <v>0.89</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
         <v>763</v>
       </c>
       <c r="B224" t="s">
@@ -8962,76 +8962,76 @@
         <v>771</v>
       </c>
       <c r="C226" t="s">
         <v>11</v>
       </c>
       <c r="D226">
         <v>84</v>
       </c>
       <c r="E226"/>
       <c r="F226">
         <v>2011</v>
       </c>
       <c r="G226" t="s">
         <v>772</v>
       </c>
       <c r="H226">
         <v>3.69</v>
       </c>
       <c r="I226"/>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
         <v>773</v>
       </c>
       <c r="B227" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C227" t="s">
         <v>11</v>
       </c>
       <c r="D227">
         <v>84</v>
       </c>
       <c r="E227"/>
       <c r="F227">
         <v>2011</v>
       </c>
       <c r="G227" t="s">
         <v>774</v>
       </c>
       <c r="H227">
         <v>3.69</v>
       </c>
       <c r="I227"/>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
         <v>775</v>
       </c>
       <c r="B228" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="C228" t="s">
         <v>330</v>
       </c>
       <c r="D228">
         <v>36</v>
       </c>
       <c r="E228">
         <v>3966</v>
       </c>
       <c r="F228">
         <v>2011</v>
       </c>
       <c r="G228" t="s">
         <v>776</v>
       </c>
       <c r="H228">
         <v>3.4</v>
       </c>
       <c r="I228">
         <v>2.52</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">