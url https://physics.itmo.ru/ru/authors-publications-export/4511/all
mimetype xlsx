--- v0 (2025-10-10)
+++ v1 (2026-01-28)
@@ -77,105 +77,105 @@
   <si>
     <t>Application of the graphics processor unit to simulate a near field diffraction</t>
   </si>
   <si>
     <t>Alexander Zinchik, Oleg K. Topalov, Yana Muzychenko</t>
   </si>
   <si>
     <t>Modeling Aspects in Optical Metrology VI</t>
   </si>
   <si>
     <t>10.1117/12.2270293</t>
   </si>
   <si>
     <t>The study of the structural stability of the spiral laser beams propagation through inhomogeneous phase medium</t>
   </si>
   <si>
     <t>Alexander Zinchik, Yana Muzychenko</t>
   </si>
   <si>
     <t>Modeling Aspects in Optical Metrology V</t>
   </si>
   <si>
     <t>10.1117/12.2184847</t>
   </si>
   <si>
+    <t>Application of fractal masks with spiral phase distribution for the determination phase discontinuities in transparent objects</t>
+  </si>
+  <si>
+    <t>Holography: Advances and Modern Trends IV</t>
+  </si>
+  <si>
+    <t>10.1117/12.2179563</t>
+  </si>
+  <si>
     <t>Amplitude-phase type fractal screens and their application in phase-retrieval method</t>
   </si>
   <si>
     <t>Yana Muzychenko, Alexander Zinchik</t>
   </si>
   <si>
-    <t>Holography: Advances and Modern Trends IV</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1117/12.2179772</t>
   </si>
   <si>
-    <t>Application of fractal masks with spiral phase distribution for the determination phase discontinuities in transparent objects</t>
-[...4 lines deleted...]
-  <si>
     <t>Application of Fraunhofer diffraction patterns for calculation of fractal dimension</t>
   </si>
   <si>
     <t>Yana Muzychenko, Alexander Zinchik, Sergey Stafeev</t>
   </si>
   <si>
     <t>22nd Congress of the International Commission for Optics: Light for the Development of the World</t>
   </si>
   <si>
     <t>10.1117/12.902174</t>
   </si>
   <si>
     <t>Fractal diffraction elements with variable transmittance and phase shift</t>
   </si>
   <si>
     <t>Yana Muzychenko, Alexander Zinchik, Sergey Stafeev, M. G. Tomilin</t>
   </si>
   <si>
     <t>10.1117/12.903551</t>
   </si>
   <si>
+    <t>Focusing properties of fractal phase-type zone plates</t>
+  </si>
+  <si>
+    <t>Holography, Diffractive Optics, and Applications IV</t>
+  </si>
+  <si>
+    <t>10.1117/12.871776</t>
+  </si>
+  <si>
     <t>Application of fractal masks to determination phase discontinuities in transparent objects</t>
   </si>
   <si>
     <t>Alexander Zinchik, Yana Muzychenko, Sergey Stafeev</t>
   </si>
   <si>
-    <t>Holography, Diffractive Optics, and Applications IV</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1117/12.871774</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1117/12.871776</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -601,75 +601,75 @@
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2015</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5">
         <v>2015</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
         <v>25</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6">
         <v>2015</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>29</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
@@ -685,75 +685,75 @@
       <c r="A8" t="s">
         <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>32</v>
       </c>
       <c r="C8" t="s">
         <v>29</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8">
         <v>2011</v>
       </c>
       <c r="G8" t="s">
         <v>33</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>34</v>
       </c>
       <c r="B9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9">
         <v>2010</v>
       </c>
       <c r="G9" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" t="s">
         <v>38</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
         <v>2010</v>
       </c>
       <c r="G10" t="s">
         <v>39</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>