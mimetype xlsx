--- v0 (2025-11-12)
+++ v1 (2025-12-02)
@@ -44,51 +44,51 @@
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Heterostructured perovskite nanocrystals for water stable plasmon-enhanced photoelectrocatalysis</t>
   </si>
   <si>
-    <t>Yuan Yuan, Anastasiia P. Dmitrieva, Stepan Pozdniakov, Lev Zelenkov, Pavel Krasnov, Yangyang Ju, Ruslan Azizov, Ivan V. Moskalenko, Elena F. Krivoshapkina, Pavel V. Krivoshapkin, Pavel Talianov, Sergey Makarov, Soslan A. Khubezhov</t>
+    <t>Yuan Yuan, Anastasiia P. Dmitrieva, Stepan Pozdnyakov, Lev Zelenkov, Pavel Krasnov, Yangyang Ju, Ruslan Azizov, Ivan V. Moskalenko, Elena F. Krivoshapkina, Pavel V. Krivoshapkin, Pavel Talianov, Sergey Makarov, Soslan A. Khubezhov</t>
   </si>
   <si>
     <t>Light: Advanced Manufacturing</t>
   </si>
   <si>
     <t>10.37188/lam.2025.080</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">