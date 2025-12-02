--- v0 (2025-11-11)
+++ v1 (2025-12-02)
@@ -44,51 +44,51 @@
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>A Printed Polarization‐Sensitive Biochip for Rapid and Accurate Detection of Respiratory Infections</t>
   </si>
   <si>
-    <t>Yaqi Yang, Zeying Zhang, Yali Sun, Yang Yun, Danni Zhao, Xu Yang, Zhiyu Tan, Zixuan Zhang, Jingqun Cheng, Jinwei Xia, Liang Huang, Jimei Chi, Zewei Lian, Sisi Chen, Lijun Cheng, Daixi Xie, Pavel Belov, Yanlin Song, Meng Su</t>
+    <t>Yaqi Yang, Zeying Zhang, Yali Sun, Yang Yun, Danni Zhao , Xu Yang, Zhiyu Tan, Zixuan Zhang, Jingqun Cheng, Jinwei Xia, Liang Huang, Jimei Chi, Zewei Lian, Sisi Chen, Lijun Cheng, Daixi Xie, Pavel Belov, Yanlin Song, Meng Su</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202505794</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -407,51 +407,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="262.936" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="264.078" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>