--- v0 (2025-10-09)
+++ v1 (2026-03-18)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Fiber-Integrated Metal–Organic Framework Nanosheets for Light Emission and Microendoscopy</t>
+  </si>
+  <si>
+    <t>Pavel Alekseevskiy, Anastasia Efimova, Svyatoslav Povarov, Nikolaj Zhestkij, Pavel A. Demakov, Nikita Burzak, Vyacheslav A. Dyachuk, Vladimir P. Fedin, Andrei S. Potapov, Xiaolin Yu, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>ACS Applied Nano Materials</t>
+  </si>
+  <si>
+    <t>10.1021/acsanm.5c04932</t>
   </si>
   <si>
     <t>Topological Design of Pyrene‐Based Metal‐Organic Framework Nanosheets as a Luminescent Thermometer for Live Bioimaging</t>
   </si>
   <si>
     <t>Maria Timofeeva, Yuliya Kenzhebayeva, Pavel Alekseevskiy, Anastasia Efimova, Artem Abramov, Sergei Shipilovskikh, Alexander S. Novikov, Nikolay V. Somov, Dmitry I. Pavlov, Xiaolin Yu, Andrei S. Potapov, Pascal Boulet, Nikita Burzak, Aleksandra R. Knyazeva, Nan Li, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202425904</t>
   </si>
   <si>
     <t>A light-driven ultrafast sensor based on biocompatible solvatochromic metal–organic frameworks</t>
   </si>
   <si>
     <t>Maria Timofeeva, Yuliya Kenzhebayeva, Nikita Burzak, Agniia Bazhenova, Artem Lunev, Alexander S. Novikov, Andrey B. Bondarenko, Sergei Shipilovskikh, Vyacheslav A. Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Materials Horizons</t>
   </si>
   <si>
     <t>10.1039/d4mh01264j</t>
   </si>
@@ -410,51 +422,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I3"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="140.252" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="357.341" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -471,84 +483,109 @@
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>18.81</v>
+        <v>5.64</v>
       </c>
       <c r="I2">
-        <v>6.07</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
+        <v>18.81</v>
+      </c>
+      <c r="I3">
+        <v>6.07</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4"/>
+      <c r="E4"/>
+      <c r="F4">
+        <v>2024</v>
+      </c>
+      <c r="G4" t="s">
+        <v>20</v>
+      </c>
+      <c r="H4">
         <v>13.6</v>
       </c>
-      <c r="I3">
+      <c r="I4">
         <v>4.32</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>