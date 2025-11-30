--- v0 (2025-10-06)
+++ v1 (2025-11-30)
@@ -12,92 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Application of DUT-4 MOF structure switching for optical and electrical humidity sensing</t>
   </si>
   <si>
     <t>Alexander S. Krylov, Sergei Shipilovskikh, Svetlana N. Krylova, Nina V. Slyusarenko, Maria Timofeeva, Yuliya Kenzhebayeva, Semyon Bachinin, Irina D. Yushina, Aleksandr V. Cherepakhin, Nikolai P. Shestakov, Ivan V. Nemtsev, Alexander N. Vtyurin, Valentin Milichko</t>
   </si>
   <si>
     <t>Dalton Transactions</t>
   </si>
   <si>
     <t>3459-3464</t>
   </si>
   <si>
     <t>10.1039/d4dt00038b</t>
+  </si>
+  <si>
+    <t>Luminescent studies of flexible [DUT-8 (Zn)] metal-organic frameworks</t>
+  </si>
+  <si>
+    <t>Nina V. Slyusarenko, Alexander Krylov, Maria Timofeeva, Sergei Shipilovskikh, Evgenia Slyusareva</t>
+  </si>
+  <si>
+    <t>XVI International Conference on Pulsed Lasers and Laser Applications</t>
+  </si>
+  <si>
+    <t>10.1117/12.3005774</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -401,61 +413,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="104.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="310.21" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
@@ -477,50 +489,73 @@
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
         <v>53</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>2024</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
         <v>4.39</v>
       </c>
       <c r="I2">
         <v>0.98</v>
       </c>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3"/>
+      <c r="E3">
+        <v>17</v>
+      </c>
+      <c r="F3">
+        <v>2023</v>
+      </c>
+      <c r="G3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>