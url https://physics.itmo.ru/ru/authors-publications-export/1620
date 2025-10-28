--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -191,75 +191,75 @@
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>091104</t>
   </si>
   <si>
     <t>10.1063/5.0042557</t>
   </si>
   <si>
     <t>Black Au-Decorated TiO2 Produced via Laser Ablation in Liquid</t>
   </si>
   <si>
     <t>Stanislav O. Gurbatov, Evgeny Modin, Vladislav Puzikov, Pavel Tonkaev, Dmitriy Storozhenko, Aleksandr Sergeev, Neli Mintcheva, Shigeru Yamaguchi, Natalie N. Tarasenka, Andrey Chuvilin, Sergey Makarov, Sergei A. Kulinich, Aleksandr A. Kuchmizhak</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>6522-6531</t>
   </si>
   <si>
     <t>10.1021/acsami.0c20463</t>
   </si>
   <si>
+    <t>Theoretical study of nonlinear photoluminescence from perovskite quantum dots enhanced by resonant silicon nanoparticles</t>
+  </si>
+  <si>
+    <t>Daria Khmelevskaia, Pavel Tonkaev, Daria Markina, Anatoly Pushkarev, A. Rogach, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020051</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031811</t>
+  </si>
+  <si>
     <t>Numerical study of purcell effect enhancement for CsPbBr3 perovskite cubic particle</t>
   </si>
   <si>
     <t>Pavel Tonkaev, Pavel Voroshilov, Sergey Makarov</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020128</t>
   </si>
   <si>
     <t>10.1063/5.0031764</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0031811</t>
   </si>
   <si>
     <t>High-Q Dielectric Mie-Resonant Nanostructures (Brief Review)</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>615-622</t>
   </si>
   <si>
     <t>10.1134/s0021364020220038</t>
   </si>
   <si>
     <t>Defects and Morphology Contribution to Photoluminescence of CH3NH3PbI3 Nanostructured by Femtosecond Laser Pulses</t>
   </si>
   <si>
     <t>Pavel Tonkaev, Aleksey Y. Zhizhchenko, Dmitry Gets, Artem Larin, Dmitry Zuev, Alexander M. Zakharenko, Aleksandr A. Kuchmizhak, Sergey Makarov</t>
   </si>
   <si>
     <t>Solid State Phenomena</t>
   </si>
   <si>
     <t>179-184</t>
   </si>