--- v0 (2025-10-03)
+++ v1 (2025-12-07)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Heterostructured perovskite nanocrystals for water stable plasmon-enhanced photoelectrocatalysis</t>
+  </si>
+  <si>
+    <t>Yuan Yuan, Anastasiia P. Dmitrieva, Stepan Pozdnyakov, Lev Zelenkov, Pavel Krasnov, Yangyang Ju, Ruslan Azizov, Ivan V. Moskalenko, Elena F. Krivoshapkina, Pavel V. Krivoshapkin, Pavel Talianov, Sergey Makarov, Soslan A. Khubezhov</t>
+  </si>
+  <si>
+    <t>Light: Advanced Manufacturing</t>
+  </si>
+  <si>
+    <t>10.37188/lam.2025.080</t>
   </si>
   <si>
     <t>The interactions between halide perovskites and oxygen: From stages to strategies</t>
   </si>
   <si>
     <t>Yangyang Ju, Xiangmin Hu, Xian-gang Wu, Chenhui Wang, Alexander Baranov, Anatoly Pushkarev, Haizheng Zhong</t>
   </si>
   <si>
     <t>Matter</t>
   </si>
   <si>
     <t>3756-3785</t>
   </si>
   <si>
     <t>10.1016/j.matt.2024.08.007</t>
   </si>
   <si>
     <t>Composition tunable and stable spontaneous emission and lasing in Cd-alloyed perovskite microdisks</t>
   </si>
   <si>
     <t>Dmitry Tatarinov, Elizaveta Sapozhnikova, Daria Khmelevskaia, Yangyang Ju, Dmitriy Dolgintsev, Elena  Bodyago, Alexandr Marunchenko, Haizheng Zhong, Ivan G. Scheblykin, Anatoly Pushkarev</t>
   </si>
   <si>
     <t>Chemical Communications</t>
   </si>
@@ -437,226 +449,255 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I6"/>
+  <dimension ref="A1:I7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="220.518" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="272.362" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E2">
+        <v>1</v>
+      </c>
+      <c r="F2">
+        <v>2025</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="F2">
-[...4 lines deleted...]
-      </c>
       <c r="H2">
-        <v>11.39</v>
-[...1 lines deleted...]
-      <c r="I2"/>
+        <v>9.44</v>
+      </c>
+      <c r="I2">
+        <v>2.54</v>
+      </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>7</v>
+      </c>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="D3"/>
-      <c r="E3"/>
       <c r="F3">
         <v>2024</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>6.22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11.39</v>
+      </c>
+      <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="H4">
         <v>6.22</v>
       </c>
       <c r="I4">
         <v>1.84</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
-      <c r="D5">
-[...4 lines deleted...]
-      </c>
+      <c r="D5"/>
+      <c r="E5"/>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5">
-        <v>4.48</v>
+        <v>6.22</v>
       </c>
       <c r="I5">
-        <v>0.61</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
-      <c r="D6"/>
-      <c r="E6"/>
+      <c r="D6">
+        <v>326</v>
+      </c>
+      <c r="E6">
+        <v>125283</v>
+      </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6">
+        <v>4.48</v>
+      </c>
+      <c r="I6">
+        <v>0.61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7"/>
+      <c r="E7"/>
+      <c r="F7">
+        <v>2024</v>
+      </c>
+      <c r="G7" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7">
         <v>10.38</v>
       </c>
-      <c r="I6">
+      <c r="I7">
         <v>2.14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>