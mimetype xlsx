--- v0 (2025-10-08)
+++ v1 (2026-03-05)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Stoichiometry-dependent ROS generation efficiency in ternary quantum dots</t>
+  </si>
+  <si>
+    <t>Ivan Reznik, Arina Cherednikova, Denis V. Danilov, Alexandra Koroleva, Evgeniy V. Zhizhin, Sergey  Cherevkov, Mikhail Zyuzin</t>
+  </si>
+  <si>
+    <t>Photonics and Nanostructures - Fundamentals and Applications</t>
+  </si>
+  <si>
+    <t>10.1016/j.photonics.2026.101523</t>
   </si>
   <si>
     <t>Amphiphilic acetylacetone-based carbon dots</t>
   </si>
   <si>
     <t>Sergei A. Cherevkov, Evgeniia A. Stepanidenko, Mikhail D. Miruschenko, Andrei M. Zverkov, Alexander M. Mitroshin, Igor V. Margaryan, Igor G. Spiridonov, Denis V. Danilov, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Marina V. Baidakova, Roman V. Sokolov, Maria Sandzhieva, Elena V. Ushakova, Andrey L. Rogach</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry C</t>
   </si>
   <si>
     <t>10.1039/d3tc04675c</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -398,120 +410,149 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="363.197" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
-      <c r="E2"/>
+      <c r="D2">
+        <v>70</v>
+      </c>
+      <c r="E2">
+        <v>101523</v>
+      </c>
       <c r="F2">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
+        <v>3.01</v>
+      </c>
+      <c r="I2">
+        <v>0.55</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3"/>
+      <c r="E3"/>
+      <c r="F3">
+        <v>2024</v>
+      </c>
+      <c r="G3" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3">
         <v>7.39</v>
       </c>
-      <c r="I2">
+      <c r="I3">
         <v>1.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>