--- v0 (2025-10-06)
+++ v1 (2025-11-30)
@@ -158,81 +158,81 @@
   <si>
     <t>Excitonic versus Free-Carrier Contributions to the Nonlinearly Excited Photoluminescence in CsPbBr3 Perovskites</t>
   </si>
   <si>
     <t>Daria Khmelevskaia, Daria Markina, Pavel Tonkaev, Mikhail Masharin, Oleksii Peltek, Pavel Talianov, Mikhail Baranov, Anna Nikolaeva, Mikhail Zyuzin, Lev Zelenkov, Anatoly Pushkarev, Andrey L. Rogach, Sergey Makarov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.1c01347</t>
   </si>
   <si>
     <t>Encapsulation of Recrystallized Inorganic Perovskite Quantum Dots in Nonwoven Fluoropolymer Fibers</t>
   </si>
   <si>
     <t>Maria Baeva, V Neplokh, Daria Markina, A M Pavlov, D A Kirilenko, I S Mukhin, Anatoly Pushkarev, Sergey Makarov, A A Serdobintsev</t>
   </si>
   <si>
     <t>012131</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2086/1/012131</t>
   </si>
   <si>
+    <t>Semitransparent visualizers of infrared lasers based on perovskite quantum dots</t>
+  </si>
+  <si>
+    <t>Artem Polushkin, Lev Zelenkov, Daria Khmelevskaia, Daria Markina, A L Rogach, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>012112</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012112</t>
+  </si>
+  <si>
+    <t>Theoretical study of perovskite nanowires optical response to hydrogen halides vapor exposure</t>
+  </si>
+  <si>
+    <t>012087</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012087</t>
+  </si>
+  <si>
     <t>Theoretical study of surface states excitation in one-dimensional photonic crystal by halide perovskite microstructures</t>
   </si>
   <si>
     <t>A.A. Popkova, K.R. Safronov, Daria Markina, Anatoly Pushkarev, Sergey Makarov, V.O. Bessonov, A.A. Fedyanin</t>
   </si>
   <si>
     <t>012115</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012115</t>
-  </si>
-[...19 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012087</t>
   </si>
   <si>
     <t>Directly grown crystalline gallium phosphide on sapphire for nonlinear all-dielectric nanophotonics</t>
   </si>
   <si>
     <t>Daria Khmelevskaia, Daria Markina, V. V. Fedorov, G. A. Ermolaev, A. V. Arsenin, V. S. Volkov, A. S. Goltaev, Yu. M. Zadiranov, Ivan Tzibizov, Anatoly Pushkarev, Anton Samusev, Alexey Shcherbakov, Pavel Belov, Ivan Mukhin, Sergey Makarov</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0048969</t>
   </si>
   <si>
     <t>Single-Step Microfluidic Synthesis of Halide Perovskite Nanolasers in Suspension</t>
   </si>
   <si>
     <t>Irina Koryakina, Maksim Naumochkin, Daria Markina, Soslan A. Khubezhov, Anatoly Pushkarev, Anatoly A. Evstrapov, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Chemistry of Materials</t>
   </si>
   <si>
     <t>10.1021/acs.chemmater.0c04263</t>
   </si>
@@ -981,78 +981,78 @@
       <c r="C11" t="s">
         <v>37</v>
       </c>
       <c r="D11">
         <v>2015</v>
       </c>
       <c r="E11" t="s">
         <v>50</v>
       </c>
       <c r="F11">
         <v>2021</v>
       </c>
       <c r="G11" t="s">
         <v>51</v>
       </c>
       <c r="H11"/>
       <c r="I11">
         <v>0.21</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>52</v>
       </c>
       <c r="B12" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12">
         <v>2015</v>
       </c>
       <c r="E12" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F12">
         <v>2021</v>
       </c>
       <c r="G12" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="H12"/>
       <c r="I12">
         <v>0.21</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13">
         <v>2015</v>
       </c>
       <c r="E13" t="s">
         <v>57</v>
       </c>
       <c r="F13">
         <v>2021</v>
       </c>
       <c r="G13" t="s">
         <v>58</v>
       </c>
       <c r="H13"/>
       <c r="I13">
         <v>0.21</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>59</v>
       </c>