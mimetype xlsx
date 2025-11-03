--- v0 (2025-10-06)
+++ v1 (2025-11-03)
@@ -227,75 +227,75 @@
   <si>
     <t>Single-Step Microfluidic Synthesis of Halide Perovskite Nanolasers in Suspension</t>
   </si>
   <si>
     <t>Irina Koryakina, Maksim Naumochkin, Daria Markina, Soslan A. Khubezhov, Anatoly Pushkarev, Anatoly A. Evstrapov, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Chemistry of Materials</t>
   </si>
   <si>
     <t>10.1021/acs.chemmater.0c04263</t>
   </si>
   <si>
     <t>Recrystallization of CsPbBr3 Nanoparticles in Fluoropolymer Nonwoven Mats for Down- and Up-Conversion of Light</t>
   </si>
   <si>
     <t>Vladimir Neplokh, Daria Markina, Maria Baeva, Anton M. Pavlov, Demid A. Kirilenko, Ivan Mukhin, Anatoly Pushkarev, Sergey Makarov, Alexey A. Serdobintsev</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano11020412</t>
   </si>
   <si>
+    <t>Theoretical study of nonlinear photoluminescence from perovskite quantum dots enhanced by resonant silicon nanoparticles</t>
+  </si>
+  <si>
+    <t>Daria Khmelevskaia, Pavel Tonkaev, Daria Markina, Anatoly Pushkarev, A. Rogach, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020051</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031811</t>
+  </si>
+  <si>
     <t>Microfluidics-based synthesis of lead cesium bromide perovskite microcrystals</t>
   </si>
   <si>
     <t>Irina Koryakina, Daria Markina, Anatoly Evstrapov, Anatoly Pushkarev, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020065</t>
   </si>
   <si>
     <t>10.1063/5.0032230</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0031811</t>
   </si>
   <si>
     <t>Gallium Phosphide Nanowires in a Free-Standing, Flexible, and Semitransparent Membrane for Large-Scale Infrared-to-Visible Light Conversion</t>
   </si>
   <si>
     <t>Vladimir V. Fedorov, Alexey Bolshakov, Olga Sergaeva, Vladimir Neplokh, Daria Markina, Stéphanie Bruyère, Grégoire Saerens, Mihail Petrov, Rachel Grange, Sergey Makarov, Ivan Mukhin</t>
   </si>
   <si>
     <t>10624–10632</t>
   </si>
   <si>
     <t>10.1021/acsnano.0c04872</t>
   </si>
   <si>
     <t>Perovskite nanowire lasers on low-refractive-index conductive substrate for high-Q and low-threshold operation</t>
   </si>
   <si>
     <t>Daria Markina, Anatoly Pushkarev, Ivan Shishkin, Filipp Komissarenko, Aleksander Berestennikov, Alexey S. Pavluchenko, Irina P. Smirnova, Lev K. Markov, Mikas Vengris, Anvar Zakhidov, Sergey Makarov</t>
   </si>
   <si>
     <t>Nanophotonics</t>
   </si>
   <si>
     <t>10.1515/nanoph-2020-0207</t>
   </si>