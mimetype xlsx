--- v1 (2025-11-03)
+++ v2 (2026-03-05)
@@ -158,81 +158,81 @@
   <si>
     <t>Excitonic versus Free-Carrier Contributions to the Nonlinearly Excited Photoluminescence in CsPbBr3 Perovskites</t>
   </si>
   <si>
     <t>Daria Khmelevskaia, Daria Markina, Pavel Tonkaev, Mikhail Masharin, Oleksii Peltek, Pavel Talianov, Mikhail Baranov, Anna Nikolaeva, Mikhail Zyuzin, Lev Zelenkov, Anatoly Pushkarev, Andrey L. Rogach, Sergey Makarov</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.1c01347</t>
   </si>
   <si>
     <t>Encapsulation of Recrystallized Inorganic Perovskite Quantum Dots in Nonwoven Fluoropolymer Fibers</t>
   </si>
   <si>
     <t>Maria Baeva, V Neplokh, Daria Markina, A M Pavlov, D A Kirilenko, I S Mukhin, Anatoly Pushkarev, Sergey Makarov, A A Serdobintsev</t>
   </si>
   <si>
     <t>012131</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2086/1/012131</t>
   </si>
   <si>
+    <t>Theoretical study of perovskite nanowires optical response to hydrogen halides vapor exposure</t>
+  </si>
+  <si>
+    <t>012087</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012087</t>
+  </si>
+  <si>
+    <t>Theoretical study of surface states excitation in one-dimensional photonic crystal by halide perovskite microstructures</t>
+  </si>
+  <si>
+    <t>A.A. Popkova, K.R. Safronov, Daria Markina, Anatoly Pushkarev, Sergey Makarov, V.O. Bessonov, A.A. Fedyanin</t>
+  </si>
+  <si>
+    <t>012115</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012115</t>
+  </si>
+  <si>
     <t>Semitransparent visualizers of infrared lasers based on perovskite quantum dots</t>
   </si>
   <si>
     <t>Artem Polushkin, Lev Zelenkov, Daria Khmelevskaia, Daria Markina, A L Rogach, Sergey Makarov</t>
   </si>
   <si>
     <t>012112</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012112</t>
-  </si>
-[...19 lines deleted...]
-    <t>10.1088/1742-6596/2015/1/012115</t>
   </si>
   <si>
     <t>Directly grown crystalline gallium phosphide on sapphire for nonlinear all-dielectric nanophotonics</t>
   </si>
   <si>
     <t>Daria Khmelevskaia, Daria Markina, V. V. Fedorov, G. A. Ermolaev, A. V. Arsenin, V. S. Volkov, A. S. Goltaev, Yu. M. Zadiranov, Ivan Tzibizov, Anatoly Pushkarev, Anton Samusev, Alexey Shcherbakov, Pavel Belov, Ivan Mukhin, Sergey Makarov</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0048969</t>
   </si>
   <si>
     <t>Single-Step Microfluidic Synthesis of Halide Perovskite Nanolasers in Suspension</t>
   </si>
   <si>
     <t>Irina Koryakina, Maksim Naumochkin, Daria Markina, Soslan A. Khubezhov, Anatoly Pushkarev, Anatoly A. Evstrapov, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Chemistry of Materials</t>
   </si>
   <si>
     <t>10.1021/acs.chemmater.0c04263</t>
   </si>
@@ -954,78 +954,78 @@
       <c r="C10" t="s">
         <v>37</v>
       </c>
       <c r="D10">
         <v>2086</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10">
         <v>2021</v>
       </c>
       <c r="G10" t="s">
         <v>47</v>
       </c>
       <c r="H10"/>
       <c r="I10">
         <v>0.21</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>48</v>
       </c>
       <c r="B11" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="C11" t="s">
         <v>37</v>
       </c>
       <c r="D11">
         <v>2015</v>
       </c>
       <c r="E11" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F11">
         <v>2021</v>
       </c>
       <c r="G11" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="H11"/>
       <c r="I11">
         <v>0.21</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12">
         <v>2015</v>
       </c>
       <c r="E12" t="s">
         <v>53</v>
       </c>
       <c r="F12">
         <v>2021</v>
       </c>
       <c r="G12" t="s">
         <v>54</v>
       </c>
       <c r="H12"/>
       <c r="I12">
         <v>0.21</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>55</v>
       </c>