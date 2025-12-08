--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -107,99 +107,99 @@
   <si>
     <t>Alexey Mozharov, Yury Berdnikov, Nikita Solomonov, Kristina Novikova, Irina Nadoyan, Vitaliy Shkoldin, Alexander Golubok, Denis Kislov, Alexander Shalin, Mihail Petrov, Ivan Mukhin</t>
   </si>
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>11989-11996</t>
   </si>
   <si>
     <t>10.1021/acsanm.1c02558</t>
   </si>
   <si>
     <t>Multipole Engineering of Attractive−Repulsive and Bending Optical Forces</t>
   </si>
   <si>
     <t>Denis Kislov, Egor Gurvitz, Vjaceslavs Bobrovs, Alexander A. Pavlov, Dmitrii N. Redka, Manuel I. Marqués, Alexander Shalin</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202100082</t>
   </si>
   <si>
+    <t>Novel concept for contactless all-optical temperature measurement based on diffusion-inspired phosphorescent decay in nanostructured environment</t>
+  </si>
+  <si>
+    <t>Denis Kislov, Denis Novitsky, Alexey Kadochkin, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020054</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031716</t>
+  </si>
+  <si>
+    <t>Optomechanical manipulation of nanoparticles with a magnetic response in a Gaussian beam</t>
+  </si>
+  <si>
+    <t>Denis Kislov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>020055</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031717</t>
+  </si>
+  <si>
     <t>Spin-locked scattering forces in the near field of high index particles</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz,  Hadi. K. Shamkhi, Alexander. A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020016</t>
   </si>
   <si>
     <t>10.1063/5.0031977</t>
   </si>
   <si>
     <t>Long-range optical binding due to volumetric modes of hyperbolic metamaterial slab</t>
   </si>
   <si>
     <t>Natalia Kostina, Denis Kislov, Alexey Proskurin, Alexander Shalin</t>
   </si>
   <si>
     <t>020066</t>
   </si>
   <si>
     <t>10.1063/5.0032064</t>
-  </si>
-[...22 lines deleted...]
-    <t>10.1063/5.0031717</t>
   </si>
   <si>
     <t>Nanovortex‐Driven All‐Dielectric Optical Diffusion Boosting and Sorting Concept for Lab‐on‐a‐Chip Platforms</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Denis Kislov, Egor Gurvitz, Hadi Shamkhi Al Naeemah, Alexander A. Pavlov, Dmitrii Redka, Sergey Yankin, Pavel Zemánek, Alexander Shalin</t>
   </si>
   <si>
     <t>Advanced Science</t>
   </si>
   <si>
     <t>10.1002/advs.201903049</t>
   </si>
   <si>
     <t>Diffusion-inspired time-varying phosphorescent decay in a nanostructured environment</t>
   </si>
   <si>
     <t>Denis Kislov, Denis Novitsky, Alexey Kadochkin, Dmitrii Redka, Alexander Shalin</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.101.035420</t>
   </si>