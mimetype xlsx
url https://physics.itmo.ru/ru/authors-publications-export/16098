--- v0 (2025-10-07)
+++ v1 (2025-12-03)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Ultrafast switching of a metasurface quasi-bound state in the continuum via transient optical symmetry breaking</t>
+  </si>
+  <si>
+    <t>Giulia Crotti, Andrea Schirato, Olesya Pashina, Olga Sergaeva, Mihail Petrov, Costantino De Angelis, Giuseppe Della Valle</t>
+  </si>
+  <si>
+    <t>Light: Science &amp; Applications</t>
+  </si>
+  <si>
+    <t>10.1038/s41377-025-01885-z</t>
   </si>
   <si>
     <t>Ultrafast all-optical second harmonic wavefront shaping</t>
   </si>
   <si>
     <t>Artem Sinelnik, Shiu Hei Lam, Filippo Coviello, Sebastian Klimmer, Giuseppe Della Valle, Duk-Yong Choi, Thomas Pertsch, Giancarlo Soavi, Isabelle Staude</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-024-46642-9</t>
   </si>
   <si>
     <t>Harmonic generation in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Davide Rocco, Unai Arregui Leon, Olesya Pashina, Georgiy Zograf, Sergey Makarov, Mihail Petrov, Giuseppe Della Valle, Attilio Zilli, Michele Celebrano, Marco Finazzi, Marco Gandolfi, Luca Carletti, Andrea Tognazzi, Costantino De Angelis</t>
   </si>
   <si>
     <t>Advances in Nonlinear Photonics</t>
   </si>
   <si>
     <t>287-318</t>
   </si>
@@ -413,147 +425,174 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I3"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="279.503" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E2"/>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>14.92</v>
+        <v>17.78</v>
       </c>
       <c r="I2">
-        <v>5.56</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="D3"/>
-      <c r="E3" t="s">
+      <c r="D3">
+        <v>15</v>
+      </c>
+      <c r="E3"/>
+      <c r="F3">
+        <v>2024</v>
+      </c>
+      <c r="G3" t="s">
         <v>16</v>
       </c>
-      <c r="F3">
+      <c r="H3">
+        <v>14.92</v>
+      </c>
+      <c r="I3">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4"/>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4">
         <v>2023</v>
       </c>
-      <c r="G3" t="s">
-[...3 lines deleted...]
-      <c r="I3"/>
+      <c r="G4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>