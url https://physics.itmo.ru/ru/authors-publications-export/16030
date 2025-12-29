--- v0 (2025-10-08)
+++ v1 (2025-12-29)
@@ -12,77 +12,110 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Light structuring via nonlinear total angular momentum addition with flat optics</t>
+  </si>
+  <si>
+    <t>Evgenii Menshikov, Paolo Franceschini, Kristina Frizyuk, Ivan Fernandez-Corbaton, Andrea Tognazzi, Alfonso Carmelo Cino, Denis Garoli, Mihail Petrov, Domenico de Ceglia, Costantino De Angelis</t>
+  </si>
+  <si>
+    <t>Light: Science &amp; Applications</t>
+  </si>
+  <si>
+    <t>10.1038/s41377-025-02004-8</t>
+  </si>
+  <si>
+    <t>Ultrafast switching of a metasurface quasi-bound state in the continuum via transient optical symmetry breaking</t>
+  </si>
+  <si>
+    <t>Giulia Crotti, Andrea Schirato, Olesya Pashina, Olga Sergaeva, Mihail Petrov, Costantino De Angelis, Giuseppe Della Valle</t>
+  </si>
+  <si>
+    <t>10.1038/s41377-025-01885-z</t>
+  </si>
+  <si>
+    <t>Vortex beam generation via total angular momentum addition in flat optical elements</t>
+  </si>
+  <si>
+    <t>Evgenii Menshikov, Paolo Franceschini, Kristina Frizyuk, Ivan Fernandez-Corbaton, Andrea Tognazzi, Alfonso C. Cino, Denis Garoli, Mihail Petrov, Domenico de Ceglia, Costantino De Angelis</t>
+  </si>
+  <si>
+    <t>Quantum Sensing and Nano Electronics and Photonics XXI</t>
+  </si>
+  <si>
+    <t>10.1117/12.3041594</t>
   </si>
   <si>
     <t>Giant photoinduced reflectivity modulation of nonlocal resonances in silicon metasurfaces</t>
   </si>
   <si>
     <t>Andrea Tognazzi, Paolo Franceschini, Olga Sergaeva, Luca Carletti, Ivano Alessandri, Giovanni Finco, Osamu Takayama, Radu Malureanu, Andrei V. Lavrinenko, Alfonso C. Cino, Domenico de Ceglia, Costantino De Angelis</t>
   </si>
   <si>
     <t>Advanced Photonics</t>
   </si>
   <si>
     <t>10.1117/1.ap.5.6.066006</t>
   </si>
   <si>
     <t>Harmonic generation in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Davide Rocco, Unai Arregui Leon, Olesya Pashina, Georgiy Zograf, Sergey Makarov, Mihail Petrov, Giuseppe Della Valle, Attilio Zilli, Michele Celebrano, Marco Finazzi, Marco Gandolfi, Luca Carletti, Andrea Tognazzi, Costantino De Angelis</t>
   </si>
   <si>
     <t>Advances in Nonlinear Photonics</t>
   </si>
   <si>
     <t>287-318</t>
   </si>
@@ -413,147 +446,224 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I3"/>
+  <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="279.503" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="E2"/>
       <c r="F2">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>13.86</v>
+        <v>17.78</v>
       </c>
       <c r="I2">
-        <v>4.79</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3">
+        <v>14</v>
+      </c>
+      <c r="E3"/>
+      <c r="F3">
+        <v>2025</v>
+      </c>
+      <c r="G3" t="s">
         <v>15</v>
       </c>
-      <c r="D3"/>
-      <c r="E3" t="s">
+      <c r="H3">
+        <v>17.78</v>
+      </c>
+      <c r="I3">
+        <v>6.1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
         <v>16</v>
       </c>
-      <c r="F3">
+      <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4"/>
+      <c r="E4">
+        <v>63</v>
+      </c>
+      <c r="F4">
+        <v>2025</v>
+      </c>
+      <c r="G4" t="s">
+        <v>19</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5">
+        <v>5</v>
+      </c>
+      <c r="E5"/>
+      <c r="F5">
         <v>2023</v>
       </c>
-      <c r="G3" t="s">
-[...3 lines deleted...]
-      <c r="I3"/>
+      <c r="G5" t="s">
+        <v>23</v>
+      </c>
+      <c r="H5">
+        <v>13.86</v>
+      </c>
+      <c r="I5">
+        <v>4.79</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6"/>
+      <c r="E6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6">
+        <v>2023</v>
+      </c>
+      <c r="G6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>