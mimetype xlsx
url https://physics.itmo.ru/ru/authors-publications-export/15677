--- v0 (2025-11-11)
+++ v1 (2025-12-02)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Heterostructured perovskite nanocrystals for water stable plasmon-enhanced photoelectrocatalysis</t>
+  </si>
+  <si>
+    <t>Yuan Yuan, Anastasiia P. Dmitrieva, Stepan Pozdnyakov, Lev Zelenkov, Pavel Krasnov, Yangyang Ju, Ruslan Azizov, Ivan V. Moskalenko, Elena F. Krivoshapkina, Pavel V. Krivoshapkin, Pavel Talianov, Sergey Makarov, Soslan A. Khubezhov</t>
+  </si>
+  <si>
+    <t>Light: Advanced Manufacturing</t>
+  </si>
+  <si>
+    <t>10.37188/lam.2025.080</t>
   </si>
   <si>
     <t>Ionic Liquid-Mediated Crystallization of 3D Perovskite Films for High-Performance Light-Emitting Diodes</t>
   </si>
   <si>
     <t>Wenjun Yuan, Kun Zhang, Haoqi Li, Xingle Shang, Yifei Wang, Xinrui Chen, Xingyu Ye, Jun Chen, Stepan Pozdnyakov, Maria Sandzhieva, Hengyang Xiang, Sergey Makarov, Haibo Zeng</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp;amp; Interfaces</t>
   </si>
   <si>
     <t>59553-59562</t>
   </si>
   <si>
     <t>10.1021/acsami.5c14039</t>
   </si>
   <si>
     <t>Effect of a transverse electric field on the resistance of thin films of the Bi1 – xSbx (x = 0–0.12) system on mica</t>
   </si>
   <si>
     <t>Vladimir M. Grabov, Vladimir A. Komarov, Stepan Pozdnyakov, Vasilisa A. Gerega, Anton V. Suslov</t>
   </si>
   <si>
     <t>Physics of Complex Systems</t>
   </si>
@@ -416,151 +428,180 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I3"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="136.681" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="205.093" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="272.362" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>6</v>
+      </c>
+      <c r="E2">
+        <v>1</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H2">
         <v>9.44</v>
       </c>
       <c r="I2">
         <v>2.54</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="D3">
+      <c r="F3">
+        <v>2025</v>
+      </c>
+      <c r="G3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3">
+        <v>9.44</v>
+      </c>
+      <c r="I3">
+        <v>2.54</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4">
         <v>4</v>
       </c>
-      <c r="E3" t="s">
-[...2 lines deleted...]
-      <c r="F3">
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4">
         <v>2023</v>
       </c>
-      <c r="G3" t="s">
-[...3 lines deleted...]
-      <c r="I3"/>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>