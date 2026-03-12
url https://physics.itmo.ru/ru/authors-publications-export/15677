--- v1 (2025-12-02)
+++ v2 (2026-03-12)
@@ -41,75 +41,75 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Ionic Liquid-Mediated Crystallization of 3D Perovskite Films for High-Performance Light-Emitting Diodes</t>
+  </si>
+  <si>
+    <t>Wenjun Yuan, Kun Zhang, Haoqi Li, Xingle Shang, Yifei Wang, Xinrui Chen, Xingyu Ye, Jun Chen, Stepan Pozdnyakov, Maria Sandzhieva, Hengyang Xiang, Sergey Makarov, Haibo Zeng</t>
+  </si>
+  <si>
+    <t>ACS Applied Materials &amp;amp; Interfaces</t>
+  </si>
+  <si>
+    <t>59553-59562</t>
+  </si>
+  <si>
+    <t>10.1021/acsami.5c14039</t>
+  </si>
+  <si>
     <t>Heterostructured perovskite nanocrystals for water stable plasmon-enhanced photoelectrocatalysis</t>
   </si>
   <si>
     <t>Yuan Yuan, Anastasiia P. Dmitrieva, Stepan Pozdnyakov, Lev Zelenkov, Pavel Krasnov, Yangyang Ju, Ruslan Azizov, Ivan V. Moskalenko, Elena F. Krivoshapkina, Pavel V. Krivoshapkin, Pavel Talianov, Sergey Makarov, Soslan A. Khubezhov</t>
   </si>
   <si>
     <t>Light: Advanced Manufacturing</t>
   </si>
   <si>
     <t>10.37188/lam.2025.080</t>
-  </si>
-[...13 lines deleted...]
-    <t>10.1021/acsami.5c14039</t>
   </si>
   <si>
     <t>Effect of a transverse electric field on the resistance of thin films of the Bi1 – xSbx (x = 0–0.12) system on mica</t>
   </si>
   <si>
     <t>Vladimir M. Grabov, Vladimir A. Komarov, Stepan Pozdnyakov, Vasilisa A. Gerega, Anton V. Suslov</t>
   </si>
   <si>
     <t>Physics of Complex Systems</t>
   </si>
   <si>
     <t>75-80</t>
   </si>
   <si>
     <t>10.33910/2687-153x-2023-4-2-75-80</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -487,83 +487,83 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>17</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2">
         <v>9.44</v>
       </c>
       <c r="I2">
         <v>2.54</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D3">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>6</v>
+      </c>
+      <c r="E3">
+        <v>1</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
         <v>9.44</v>
       </c>
       <c r="I3">
         <v>2.54</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4">