--- v0 (2025-10-11)
+++ v1 (2026-01-08)
@@ -12,89 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Light-driven anisotropy of 2D metal-organic framework single crystal for repeatable optical modulation</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Nikita Kulachenkov, Sergei Rzhevskii, Pavel A. Slepukhin, Vladimir V. Shilovskikh, Anastasia Efimova, Pavel Alekseevskiy, Gennady Y. Gor, Alina Emelianova, Sergei Shipilovskikh, Irina D. Yushina, Alexander Krylov, Dmitry I. Pavlov, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>Communications Materials</t>
   </si>
   <si>
     <t>10.1038/s43246-024-00485-5</t>
+  </si>
+  <si>
+    <t>Luminescent studies of flexible [DUT-8 (Zn)] metal-organic frameworks</t>
+  </si>
+  <si>
+    <t>Nina V. Slyusarenko, Alexander Krylov, Maria Timofeeva, Sergei Shipilovskikh, Evgenia Slyusareva</t>
+  </si>
+  <si>
+    <t>XVI International Conference on Pulsed Lasers and Laser Applications</t>
+  </si>
+  <si>
+    <t>10.1117/12.3005774</t>
   </si>
   <si>
     <t>Nonlinear Metal–Organic Framework Crystals for Efficient Multicolor Coherent Optical Emission</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Anastasia Efimova, Yuliya Kenzhebayeva, Maksim V. Dmitriev, Alexander S. Novikov, Irina D. Yushina, Alexander Krylov, Maria Timofeeva, Alena Kulakova, Nadezhda V. Glebova, Andrei A. Krasilin, Sergei Shipilovskikh, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202300881</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -410,61 +422,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I3"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="364.482" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
@@ -496,61 +508,84 @@
       <c r="E2"/>
       <c r="F2">
         <v>2024</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
         <v>7.5</v>
       </c>
       <c r="I2">
         <v>2.13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3"/>
-      <c r="E3"/>
+      <c r="E3">
+        <v>17</v>
+      </c>
       <c r="F3">
         <v>2023</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
-      <c r="H3">
+      <c r="H3"/>
+      <c r="I3"/>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4"/>
+      <c r="E4"/>
+      <c r="F4">
+        <v>2023</v>
+      </c>
+      <c r="G4" t="s">
+        <v>20</v>
+      </c>
+      <c r="H4">
         <v>9.93</v>
       </c>
-      <c r="I3">
+      <c r="I4">
         <v>2.89</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>