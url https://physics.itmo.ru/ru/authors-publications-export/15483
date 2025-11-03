--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -12,77 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Highly Nonlinear Metal‐Organic Framework Microcrystal for Ultrabroadband and Multiwavelength Coherent Light Emission</t>
+  </si>
+  <si>
+    <t>Nikolaj Zhestkij, Svyatoslav Povarov, Sergei Shipilovskikh, Irina D. Yushina, Jean‐François Pierson, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Laser &amp; Photonics Reviews</t>
+  </si>
+  <si>
+    <t>e01152</t>
+  </si>
+  <si>
+    <t>10.1002/lpor.202501152</t>
   </si>
   <si>
     <t>Light-driven anisotropy of 2D metal-organic framework single crystal for repeatable optical modulation</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Nikita Kulachenkov, Sergei Rzhevskii, Pavel A. Slepukhin, Vladimir V. Shilovskikh, Anastasia Efimova, Pavel Alekseevskiy, Gennady Y. Gor, Alina Emelianova, Sergei Shipilovskikh, Irina D. Yushina, Alexander Krylov, Dmitry I. Pavlov, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>Communications Materials</t>
   </si>
   <si>
     <t>10.1038/s43246-024-00485-5</t>
   </si>
   <si>
     <t>Application of DUT-4 MOF structure switching for optical and electrical humidity sensing</t>
   </si>
   <si>
     <t>Alexander S. Krylov, Sergei Shipilovskikh, Svetlana N. Krylova, Nina V. Slyusarenko, Maria Timofeeva, Yuliya Kenzhebayeva, Semyon Bachinin, Irina D. Yushina, Aleksandr V. Cherepakhin, Nikolai P. Shestakov, Ivan V. Nemtsev, Alexander N. Vtyurin, Valentin Milichko</t>
   </si>
   <si>
     <t>Dalton Transactions</t>
   </si>
   <si>
     <t>3459-3464</t>
   </si>
@@ -425,176 +440,203 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I4"/>
+  <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="364.482" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...2 lines deleted...]
-      <c r="E2"/>
+      <c r="D2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2">
-        <v>7.5</v>
+        <v>13.14</v>
       </c>
       <c r="I2">
-        <v>2.13</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D3">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="E3"/>
       <c r="F3">
         <v>2024</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>4.39</v>
+        <v>7.5</v>
       </c>
       <c r="I3">
-        <v>0.98</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="D4"/>
-      <c r="E4"/>
+      <c r="D4">
+        <v>53</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
       <c r="F4">
+        <v>2024</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>4.39</v>
+      </c>
+      <c r="I4">
+        <v>0.98</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5"/>
+      <c r="F5">
         <v>2023</v>
       </c>
-      <c r="G4" t="s">
-[...2 lines deleted...]
-      <c r="H4">
+      <c r="G5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5">
         <v>9.93</v>
       </c>
-      <c r="I4">
+      <c r="I5">
         <v>2.89</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>