--- v0 (2025-10-11)
+++ v1 (2026-03-30)
@@ -44,78 +44,78 @@
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Chemical Tuning of Second Harmonic Generation Efficiency in Aminothiophene-Based Molecular Microcrystals</t>
   </si>
   <si>
-    <t>Nikolaj Zhestkij, Anastasia Efimova, Maria Timofeeva, Alexander S. Novikov, Irina Gorbunova, Daria A. Shipilovskikh, Maksim V. Dmitriev, Sergei Shipilovskikh, Valentin Milichko</t>
+    <t>Nikolaj Zhestkij, Anastasia Efimova, Maria Timofeeva, Alexander S. Novikov, Irina Gorbunova, Daria A. Shipilovskikh, Maksim V. Dmitriev, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry C</t>
   </si>
   <si>
     <t>18534-18539</t>
   </si>
   <si>
     <t>10.1021/acs.jpcc.4c04885</t>
   </si>
   <si>
     <t>Self‐Assembly of Hydrogen‐Bonded Organic Crystals on Arbitrary Surfaces for Efficient Amplified Spontaneous Emission</t>
   </si>
   <si>
-    <t>Yuliya Kenzhebayeva, Irina Gorbunova, Arthur Dolgopolov, Maksim V. Dmitriev, Timur Sh. Atabaev, Evgeniia A. Stepanidenko, Anastasia Efimova, Alexander S. Novikov, Sergei Shipilovskikh, Valentin Milichko</t>
+    <t>Yuliya Kenzhebayeva, Irina Gorbunova, Arthur Dolgopolov, Maksim V. Dmitriev, Timur Sh. Atabaev, Evgeniia A. Stepanidenko, Anastasia Efimova, Alexander S. Novikov, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>Advanced Photonics Research</t>
   </si>
   <si>
     <t>10.1002/adpr.202300173</t>
   </si>
   <si>
     <t>Nonlinear Metal–Organic Framework Crystals for Efficient Multicolor Coherent Optical Emission</t>
   </si>
   <si>
-    <t>Nikolaj Zhestkij, Anastasia Efimova, Yuliya Kenzhebayeva, Maksim V. Dmitriev, Alexander S. Novikov, Irina D. Yushina, Alexander Krylov, Maria Timofeeva, Alena Kulakova, Nadezhda V. Glebova, Andrei A. Krasilin, Sergei Shipilovskikh, Valentin Milichko</t>
+    <t>Nikolaj Zhestkij, Anastasia Efimova, Yuliya Kenzhebayeva, Maksim V. Dmitriev, Alexander S. Novikov, Irina D. Yushina, Alexander Krylov, Maria Timofeeva, Alena Kulakova, Nadezhda V. Glebova, Andrei A. Krasilin, Sergei Shipilovskikh</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202300881</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -434,51 +434,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="137.966" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="294.785" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="272.362" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>