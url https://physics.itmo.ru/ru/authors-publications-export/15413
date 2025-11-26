--- v0 (2025-10-16)
+++ v1 (2025-11-26)
@@ -12,92 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Amphiphilic Carbon Dots Suppress Iodide Ion Migration in Perovskite Solar Cells</t>
   </si>
   <si>
     <t>Igor Margaryan , Egor Ogorodnikov, Mikhail D. Miruschenko, Anastasiia V. Sokolova, Vladimir Ivanov, Guangbo Zhou, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Sergey Makarov, Aleksandr P. Litvin, Elena V. Ushakova, Andrey L. Rogach</t>
   </si>
   <si>
     <t>Energy &amp;amp; Fuels</t>
   </si>
   <si>
     <t>8261-8272</t>
   </si>
   <si>
     <t>10.1021/acs.energyfuels.4c06234</t>
+  </si>
+  <si>
+    <t>Functionalization of Hydrophilic and Amphiphilic Carbon Dots with Polyethylene Glycol for Electroluminescent Devices</t>
+  </si>
+  <si>
+    <t>Mikhail D. Miruschenko, Kseniia D. Kosolapova, Ivan A. Aleinik, Lyubov’ N. Borodina, Anna A. Vedernikova, Anastasiia V. Sokolova, Maria Sandzhieva, Aleksandr M. Mitroshin, Alexander V. Yakimansky, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Sergei A. Cherevkov, Michal Langer, Michal Otyepka, Elena V. Ushakova, Andrey L. Rogach</t>
+  </si>
+  <si>
+    <t>Small Structures</t>
+  </si>
+  <si>
+    <t>10.1002/sstr.202400528</t>
   </si>
   <si>
     <t>Amphiphilic acetylacetone-based carbon dots</t>
   </si>
   <si>
     <t>Sergei A. Cherevkov, Evgeniia A. Stepanidenko, Mikhail D. Miruschenko, Andrei M. Zverkov, Alexander M. Mitroshin, Igor V. Margaryan, Igor G. Spiridonov, Denis V. Danilov, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Marina V. Baidakova, Roman V. Sokolov, Maria Sandzhieva, Elena V. Ushakova, Andrey L. Rogach</t>
   </si>
   <si>
     <t>Journal of Materials Chemistry C</t>
   </si>
   <si>
     <t>10.1039/d3tc04675c</t>
   </si>
   <si>
     <t>Manganese-Doped Carbon Dots as a Promising Nanoprobe for Luminescent and Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Evgeniia A. Stepanidenko, Anna A. Vedernikova, Zilia Badrieva, Ekaterina Brui, Saikho O. Ondar, Mikhail D. Miruschenko, Olga V. Volina, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Elena V. Ushakova</t>
   </si>
   <si>
     <t>Photonics</t>
   </si>
   <si>
     <t>10.3390/photonics10070757</t>
   </si>
@@ -425,60 +437,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I4"/>
+  <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="363.197" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="388.048" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -512,91 +524,118 @@
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
         <v>4.32</v>
       </c>
       <c r="I2">
         <v>0.86</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3"/>
+      <c r="D3">
+        <v>6</v>
+      </c>
       <c r="E3"/>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>7.39</v>
+        <v>3.34</v>
       </c>
       <c r="I3">
-        <v>1.9</v>
+        <v>3.09</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="D4">
-[...4 lines deleted...]
-      </c>
+      <c r="D4"/>
+      <c r="E4"/>
       <c r="F4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4">
+        <v>7.39</v>
+      </c>
+      <c r="I4">
+        <v>1.9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5">
+        <v>10</v>
+      </c>
+      <c r="E5">
+        <v>757</v>
+      </c>
+      <c r="F5">
+        <v>2023</v>
+      </c>
+      <c r="G5" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5">
         <v>2.54</v>
       </c>
-      <c r="I4">
+      <c r="I5">
         <v>0.56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>