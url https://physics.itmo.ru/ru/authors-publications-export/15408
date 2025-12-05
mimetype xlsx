--- v0 (2025-10-07)
+++ v1 (2025-12-05)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Functionalization of Hydrophilic and Amphiphilic Carbon Dots with Polyethylene Glycol for Electroluminescent Devices</t>
+  </si>
+  <si>
+    <t>Mikhail D. Miruschenko, Kseniia D. Kosolapova, Ivan A. Aleinik, Lyubov’ N. Borodina, Anna A. Vedernikova, Anastasiia V. Sokolova, Maria Sandzhieva, Aleksandr M. Mitroshin, Alexander V. Yakimansky, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Sergei A. Cherevkov, Michal Langer, Michal Otyepka, Elena V. Ushakova, Andrey L. Rogach</t>
+  </si>
+  <si>
+    <t>Small Structures</t>
+  </si>
+  <si>
+    <t>10.1002/sstr.202400528</t>
   </si>
   <si>
     <t>Manganese-Doped Carbon Dots as a Promising Nanoprobe for Luminescent and Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Evgeniia A. Stepanidenko, Anna A. Vedernikova, Zilia Badrieva, Ekaterina Brui, Saikho O. Ondar, Mikhail D. Miruschenko, Olga V. Volina, Aleksandra V. Koroleva, Evgeniy V. Zhizhin, Elena V. Ushakova</t>
   </si>
   <si>
     <t>Photonics</t>
   </si>
   <si>
     <t>10.3390/photonics10070757</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -398,124 +410,151 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="388.048" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="E2"/>
       <c r="F2">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
+        <v>3.34</v>
+      </c>
+      <c r="I2">
+        <v>3.09</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3">
+        <v>10</v>
+      </c>
+      <c r="E3">
+        <v>757</v>
+      </c>
+      <c r="F3">
+        <v>2023</v>
+      </c>
+      <c r="G3" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3">
         <v>2.54</v>
       </c>
-      <c r="I2">
+      <c r="I3">
         <v>0.56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>