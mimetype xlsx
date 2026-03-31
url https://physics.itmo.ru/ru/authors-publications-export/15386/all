--- v0 (2025-10-08)
+++ v1 (2026-03-31)
@@ -44,51 +44,51 @@
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
     <t>Inkjet Printing of Magnetically Responsive Photonic Crystals</t>
   </si>
   <si>
-    <t>Artyom Smirnov, Tamara Pogosian, Svyatoslav Povarov, Ekaterina Gunina, Valentin Milichko, Maxim Morozov, Alexandr Vinogradov</t>
+    <t>Artyom Smirnov, Tamara Pogosian, Svyatoslav Povarov, Ekaterina Gunina, Maxim Morozov, Alexandr Vinogradov</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202401002</t>
   </si>
   <si>
     <t>Fully Inkjet‐Printed Perovskite Microlaser with an Outcoupling Waveguide</t>
   </si>
   <si>
     <t>Artyom Smirnov, Artem Polushkin, Aleksandra Falchevskaya, Mariia Mikhailova, Hadi Shamkhi, Lev Zelenkov, Tamara Pogosian, Maxim Morozov, Sergey Makarov, Alexandr Vinogradov</t>
   </si>
   <si>
     <t>10.1002/adom.202300385</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>