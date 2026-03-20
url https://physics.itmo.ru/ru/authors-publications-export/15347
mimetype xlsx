--- v0 (2025-10-08)
+++ v1 (2026-03-20)
@@ -12,77 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Novel solid state of silica with ultra-high specific surface area</t>
+  </si>
+  <si>
+    <t>Dmitry A. Kurdyukov, Daniil A. Eurov, Ekaterina Y. Stovpiaga, Demid A. Kirilenko, Maria V. Tomkovich, Maria A. Yagovkina, Mikhail Rybin, Valery G. Golubev</t>
+  </si>
+  <si>
+    <t>Materials Today</t>
+  </si>
+  <si>
+    <t>146-154</t>
+  </si>
+  <si>
+    <t>10.1016/j.mattod.2025.06.006</t>
   </si>
   <si>
     <t>Electrically‐Driven Light Source Embedded in a GaP Nanowaveguide for Visible‐Range Photonics on Chip</t>
   </si>
   <si>
     <t>Denis V. Lebedev, Nikita A. Solomonov, Vladimir V. Fedorov, Vladislav A. Sharov, Demid A. Kirilenko, Anton S. Gritchenko, Павел Мелентьев, Victor I. Balykin, Виталий Школдин, Андрей Богданов, Сергей Макаров, Alexander O. Golubok, Иван Мухин</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
   <si>
     <t>10.1002/adom.202400581</t>
   </si>
   <si>
     <t>Elastic Gallium Phosphide Nanowire Optical Waveguides—Versatile Subwavelength Platform for Integrated Photonics</t>
   </si>
   <si>
     <t>Alexey Kuznetsov, Eduard Moiseev, Artem Abramov, Nikita Fominykh, Vladislav A. Sharov, Valeriy M. Kondratev, Ivan Shishkin, Konstantin P. Kotlyar, Demid A. Kirilenko, Vladimir V. Fedorov, Svetlana A. Kadinskaya, Alexandr A. Vorobyev, Ivan Mukhin, Aleksey V. Arsenin, Valentyn S. Volkov, Vasily Kravtsov, Alexey Bolshakov</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>10.1002/smll.202301660</t>
   </si>
@@ -410,147 +425,176 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I3"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="378.622" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
+        <v>88</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="E2"/>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2">
-        <v>9.93</v>
+        <v>31.04</v>
       </c>
       <c r="I2">
-        <v>2.89</v>
+        <v>8.07</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D3"/>
+        <v>16</v>
+      </c>
+      <c r="D3">
+        <v>12</v>
+      </c>
       <c r="E3"/>
       <c r="F3">
+        <v>2024</v>
+      </c>
+      <c r="G3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3">
+        <v>9.93</v>
+      </c>
+      <c r="I3">
+        <v>2.89</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4"/>
+      <c r="E4"/>
+      <c r="F4">
         <v>2023</v>
       </c>
-      <c r="G3" t="s">
-[...2 lines deleted...]
-      <c r="H3">
+      <c r="G4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4">
         <v>15.15</v>
       </c>
-      <c r="I3">
+      <c r="I4">
         <v>3.23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>