--- v0 (2025-10-06)
+++ v1 (2026-03-01)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Tunable Epsilon Near Zero Metamaterial with Rotating Obround-Shaped Meta-Atoms</t>
+  </si>
+  <si>
+    <t>Rustam  Balafendiev, Gagandeep Kaur, Jim Alexander Espinosa Enriquez, Gaganpreet Singh, Alexander J. Millar, Jon E. Gudmundsson, Pavel Belov</t>
+  </si>
+  <si>
+    <t>arXiv</t>
+  </si>
+  <si>
+    <t>10.48550/arXiv.2506.04428</t>
   </si>
   <si>
     <t>Searching for dark matter with plasma haloscopes</t>
   </si>
   <si>
     <t>Alexander J. Millar, Steven M. Anlage, Rustam  Balafendiev, Pavel Belov, Karl van Bibber, Jan Conrad, Marcel Demarteau, Alexander Droster, Katherine Dunne, Andrea Gallo Rosso, Jon E. Gudmundsson, Heather Jackson, Gagandeep Kaur, Tove Klaesson, Nolan Kowitt, Matthew Lawson, Alexander Leder, Akira Miyazaki, Sid Morampudi, Hiranya V. Peiris, Henrik S. Røising, Gaganpreet Singh, Dajie Sun, Jacob H. Thomas, Frank Wilczek, Stafford Withington, Mackenzie Wooten, Jens Dilling, Michael Febbraro, Stefan Knirck, Claire Marvinney</t>
   </si>
   <si>
     <t>Physical Review D</t>
   </si>
   <si>
     <t>10.1103/physrevd.107.055013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -398,122 +410,143 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="617.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...1 lines deleted...]
-      </c>
+      <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="H2">
+      <c r="H2"/>
+      <c r="I2"/>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3">
+        <v>107</v>
+      </c>
+      <c r="E3"/>
+      <c r="F3">
+        <v>2023</v>
+      </c>
+      <c r="G3" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3">
         <v>5.41</v>
       </c>
-      <c r="I2">
+      <c r="I3">
         <v>1.68</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>